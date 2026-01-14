--- v0 (2025-10-10)
+++ v1 (2026-01-14)
@@ -21,104 +21,104 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="150" windowWidth="11715" windowHeight="11835"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Feuil1!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="T11" i="1"/>
+  <c r="T6" i="1"/>
+  <c r="T12"/>
   <c r="T13"/>
-  <c r="T5"/>
+  <c r="T16"/>
   <c r="T14"/>
   <c r="T9"/>
-  <c r="T3"/>
-[...8 lines deleted...]
-  <c r="T24"/>
   <c r="T4"/>
   <c r="T25"/>
+  <c r="T20"/>
+  <c r="T18"/>
   <c r="T26"/>
-  <c r="T20"/>
-[...1 lines deleted...]
-  <c r="T18"/>
+  <c r="T27"/>
+  <c r="T10"/>
+  <c r="T11"/>
+  <c r="T8"/>
   <c r="T29"/>
-  <c r="T27"/>
+  <c r="T3"/>
   <c r="T30"/>
   <c r="T31"/>
+  <c r="T15"/>
+  <c r="T5"/>
+  <c r="T19"/>
+  <c r="T32"/>
+  <c r="T23"/>
+  <c r="T33"/>
   <c r="T34"/>
-  <c r="T35"/>
-[...2 lines deleted...]
-  <c r="T23"/>
   <c r="T38"/>
   <c r="T39"/>
   <c r="T40"/>
+  <c r="T24"/>
+  <c r="T21"/>
   <c r="T41"/>
-  <c r="T28"/>
+  <c r="T42"/>
+  <c r="T43"/>
+  <c r="T44"/>
   <c r="T45"/>
   <c r="T46"/>
-  <c r="T42"/>
-  <c r="T43"/>
+  <c r="T28"/>
+  <c r="T36"/>
   <c r="T47"/>
   <c r="T48"/>
   <c r="T49"/>
-  <c r="T44"/>
-  <c r="T32"/>
+  <c r="T37"/>
+  <c r="T35"/>
   <c r="T50"/>
   <c r="T51"/>
-  <c r="T33"/>
-[...1 lines deleted...]
-  <c r="T6"/>
+  <c r="T22"/>
+  <c r="T17"/>
+  <c r="T7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <si>
     <t>BAUMANN Sylvie</t>
   </si>
   <si>
     <t>BAUMANN Daniel</t>
   </si>
   <si>
     <t>CHIRADE Daniel</t>
   </si>
   <si>
     <t>CHIRADE Michel</t>
   </si>
   <si>
     <t>DEMAISON Michel</t>
   </si>
   <si>
     <t>DULIO Emmanuel</t>
   </si>
   <si>
     <t>EDOUARD Brigitte</t>
   </si>
   <si>
     <t>EDOUARD Didier</t>
   </si>
   <si>
@@ -293,50 +293,80 @@
     <t>* dans le cas où un match ne serait pas joué, ex partage des points dernières triplettes, les 6 pts seront répartis entre les 6 joueurs soit 1pt/ joueur</t>
   </si>
   <si>
     <t>J1</t>
   </si>
   <si>
     <t>J2</t>
   </si>
   <si>
     <t>J3</t>
   </si>
   <si>
     <t>J4</t>
   </si>
   <si>
     <t>J5</t>
   </si>
   <si>
     <t>J6</t>
   </si>
   <si>
     <t>J7</t>
   </si>
   <si>
     <t>Vétérans</t>
+  </si>
+  <si>
+    <t>1er</t>
+  </si>
+  <si>
+    <t>4è</t>
+  </si>
+  <si>
+    <t>2è</t>
+  </si>
+  <si>
+    <t>3è</t>
+  </si>
+  <si>
+    <t>6è</t>
+  </si>
+  <si>
+    <t>7è</t>
+  </si>
+  <si>
+    <t>8è</t>
+  </si>
+  <si>
+    <t>9è</t>
+  </si>
+  <si>
+    <t>10è</t>
+  </si>
+  <si>
+    <t>4è Meill Fém</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -696,51 +726,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -805,50 +835,54 @@
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -858,51 +892,51 @@
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="ZoneTexte 1"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12220575" y="3648075"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
@@ -1198,115 +1232,116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:U56"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="T1" sqref="T1:T1048576"/>
+      <selection activeCell="U16" sqref="U16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" style="7" customWidth="1"/>
     <col min="2" max="7" width="4.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="6.85546875" style="1" customWidth="1"/>
     <col min="10" max="11" width="4.85546875" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.42578125" style="1" customWidth="1"/>
     <col min="13" max="18" width="4.85546875" style="1" customWidth="1"/>
     <col min="19" max="20" width="6.28515625" style="1" customWidth="1"/>
+    <col min="21" max="21" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
-      <c r="A1" s="44" t="s">
+      <c r="A1" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="48">
+      <c r="B1" s="50">
         <v>45776</v>
       </c>
-      <c r="C1" s="49"/>
-      <c r="D1" s="48">
+      <c r="C1" s="51"/>
+      <c r="D1" s="50">
         <v>45783</v>
       </c>
-      <c r="E1" s="49"/>
-      <c r="F1" s="48">
+      <c r="E1" s="51"/>
+      <c r="F1" s="50">
         <v>45792</v>
       </c>
-      <c r="G1" s="49"/>
+      <c r="G1" s="51"/>
       <c r="H1" s="27">
         <v>45799</v>
       </c>
       <c r="I1" s="27">
         <v>45813</v>
       </c>
-      <c r="J1" s="48">
+      <c r="J1" s="50">
         <v>45820</v>
       </c>
-      <c r="K1" s="49"/>
+      <c r="K1" s="51"/>
       <c r="L1" s="27">
         <v>45826</v>
       </c>
-      <c r="M1" s="50">
+      <c r="M1" s="52">
         <v>45934</v>
       </c>
-      <c r="N1" s="51"/>
-      <c r="O1" s="50">
+      <c r="N1" s="53"/>
+      <c r="O1" s="52">
         <v>45935</v>
       </c>
-      <c r="P1" s="51"/>
-      <c r="Q1" s="50">
+      <c r="P1" s="53"/>
+      <c r="Q1" s="52">
         <v>45948</v>
       </c>
-      <c r="R1" s="51"/>
+      <c r="R1" s="53"/>
       <c r="S1" s="42">
         <v>45949</v>
       </c>
-      <c r="T1" s="46" t="s">
+      <c r="T1" s="48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:21" ht="15.75" thickBot="1">
-      <c r="A2" s="45"/>
+      <c r="A2" s="47"/>
       <c r="B2" s="28" t="s">
         <v>29</v>
       </c>
       <c r="C2" s="29" t="s">
         <v>32</v>
       </c>
       <c r="D2" s="28" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="29" t="s">
         <v>33</v>
       </c>
       <c r="F2" s="28" t="s">
         <v>31</v>
       </c>
       <c r="G2" s="29" t="s">
         <v>37</v>
       </c>
       <c r="H2" s="30" t="s">
         <v>38</v>
       </c>
       <c r="I2" s="30" t="s">
         <v>34</v>
       </c>
       <c r="J2" s="28" t="s">
@@ -1317,2017 +1352,2184 @@
       </c>
       <c r="L2" s="30" t="s">
         <v>36</v>
       </c>
       <c r="M2" s="31" t="s">
         <v>65</v>
       </c>
       <c r="N2" s="32" t="s">
         <v>66</v>
       </c>
       <c r="O2" s="31" t="s">
         <v>67</v>
       </c>
       <c r="P2" s="32" t="s">
         <v>68</v>
       </c>
       <c r="Q2" s="31" t="s">
         <v>69</v>
       </c>
       <c r="R2" s="32" t="s">
         <v>70</v>
       </c>
       <c r="S2" s="31" t="s">
         <v>71</v>
       </c>
-      <c r="T2" s="47"/>
+      <c r="T2" s="49"/>
     </row>
     <row r="3" spans="1:21">
       <c r="A3" s="34" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B3" s="19">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C3" s="20">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D3" s="19">
         <v>2</v>
       </c>
-      <c r="E3" s="20">
-[...1 lines deleted...]
-      </c>
+      <c r="E3" s="20"/>
       <c r="F3" s="19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G3" s="21">
         <v>1</v>
       </c>
       <c r="H3" s="22"/>
       <c r="I3" s="23"/>
       <c r="J3" s="19">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K3" s="21"/>
       <c r="L3" s="23"/>
       <c r="M3" s="19">
         <v>4</v>
       </c>
       <c r="N3" s="20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O3" s="19">
+        <v>4</v>
+      </c>
+      <c r="P3" s="20">
         <v>6</v>
       </c>
-      <c r="P3" s="20">
-[...4 lines deleted...]
-      <c r="S3" s="19"/>
+      <c r="Q3" s="19">
+        <v>6</v>
+      </c>
+      <c r="R3" s="20">
+        <v>2</v>
+      </c>
+      <c r="S3" s="19">
+        <v>4</v>
+      </c>
       <c r="T3" s="33">
-        <f>SUM(B3:S3)</f>
-        <v>31</v>
+        <f t="shared" ref="T3:T34" si="0">SUM(B3:S3)</f>
+        <v>39</v>
+      </c>
+      <c r="U3" s="1" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" s="35" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C4" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D4" s="3">
         <v>2</v>
       </c>
-      <c r="E4" s="2"/>
+      <c r="E4" s="2">
+        <v>4</v>
+      </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="11"/>
       <c r="I4" s="10"/>
       <c r="J4" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K4" s="2"/>
       <c r="L4" s="10"/>
       <c r="M4" s="3">
         <v>4</v>
       </c>
       <c r="N4" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O4" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P4" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="S4" s="3"/>
+        <v>2</v>
+      </c>
+      <c r="Q4" s="3">
+        <v>0</v>
+      </c>
+      <c r="R4" s="2">
+        <v>2</v>
+      </c>
+      <c r="S4" s="3">
+        <v>4</v>
+      </c>
       <c r="T4" s="10">
-        <f>SUM(B4:S4)</f>
-        <v>27</v>
+        <f t="shared" si="0"/>
+        <v>37</v>
+      </c>
+      <c r="U4" s="1" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" s="35" t="s">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="B5" s="3"/>
       <c r="C5" s="2">
         <v>4</v>
       </c>
-      <c r="D5" s="3">
-[...3 lines deleted...]
-      <c r="F5" s="3">
+      <c r="D5" s="3"/>
+      <c r="E5" s="2">
+        <v>0</v>
+      </c>
+      <c r="F5" s="3"/>
+      <c r="G5" s="9">
+        <v>0</v>
+      </c>
+      <c r="H5" s="11">
+        <v>2</v>
+      </c>
+      <c r="I5" s="10"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="9">
+        <v>2</v>
+      </c>
+      <c r="L5" s="10">
+        <v>2</v>
+      </c>
+      <c r="M5" s="3">
+        <v>2</v>
+      </c>
+      <c r="N5" s="2">
+        <v>4</v>
+      </c>
+      <c r="O5" s="3">
+        <v>4</v>
+      </c>
+      <c r="P5" s="2">
+        <v>2</v>
+      </c>
+      <c r="Q5" s="3">
+        <v>4</v>
+      </c>
+      <c r="R5" s="2">
+        <v>0</v>
+      </c>
+      <c r="S5" s="3">
         <v>6</v>
       </c>
-      <c r="G5" s="9">
-[...19 lines deleted...]
-      <c r="S5" s="3"/>
       <c r="T5" s="10">
-        <f>SUM(B5:S5)</f>
-        <v>23</v>
+        <f t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" s="35" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="2">
+        <v>0</v>
+      </c>
+      <c r="D6" s="3"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="11">
+        <v>4</v>
+      </c>
+      <c r="I6" s="10">
         <v>6</v>
-      </c>
-[...12 lines deleted...]
-        <v>4</v>
       </c>
       <c r="J6" s="3"/>
       <c r="K6" s="9">
+        <v>2</v>
+      </c>
+      <c r="L6" s="10">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M6" s="3"/>
       <c r="N6" s="2"/>
-      <c r="O6" s="3"/>
-[...3 lines deleted...]
-      <c r="S6" s="3"/>
+      <c r="O6" s="3">
+        <v>2</v>
+      </c>
+      <c r="P6" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="3">
+        <v>4</v>
+      </c>
+      <c r="R6" s="2">
+        <v>6</v>
+      </c>
+      <c r="S6" s="3">
+        <v>0</v>
+      </c>
       <c r="T6" s="10">
-        <f>SUM(B6:S6)</f>
-        <v>22</v>
+        <f t="shared" ref="T6" si="1">SUM(B6:S6)</f>
+        <v>30</v>
+      </c>
+      <c r="U6" s="1" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" s="35" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F7" s="3"/>
       <c r="G7" s="9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H7" s="11">
         <v>2</v>
       </c>
-      <c r="I7" s="10"/>
+      <c r="I7" s="10">
+        <v>4</v>
+      </c>
       <c r="J7" s="3"/>
       <c r="K7" s="9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L7" s="10">
-        <v>2</v>
-[...15 lines deleted...]
-      <c r="S7" s="3"/>
+        <v>0</v>
+      </c>
+      <c r="M7" s="3"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="3">
+        <v>2</v>
+      </c>
+      <c r="R7" s="2">
+        <v>2</v>
+      </c>
+      <c r="S7" s="3">
+        <v>4</v>
+      </c>
       <c r="T7" s="10">
-        <f>SUM(B7:S7)</f>
-        <v>22</v>
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="U7" s="1" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" s="35" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B8" s="3">
+        <v>13</v>
+      </c>
+      <c r="B8" s="3"/>
+      <c r="C8" s="2">
+        <v>0</v>
+      </c>
+      <c r="D8" s="3"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="9">
+        <v>0</v>
+      </c>
+      <c r="H8" s="11">
+        <v>0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>4</v>
+      </c>
+      <c r="J8" s="3"/>
+      <c r="K8" s="9">
+        <v>4</v>
+      </c>
+      <c r="L8" s="10">
+        <v>4</v>
+      </c>
+      <c r="M8" s="3"/>
+      <c r="N8" s="2">
+        <v>4</v>
+      </c>
+      <c r="O8" s="3"/>
+      <c r="P8" s="2">
+        <v>4</v>
+      </c>
+      <c r="Q8" s="3">
+        <v>2</v>
+      </c>
+      <c r="R8" s="2">
         <v>6</v>
       </c>
-      <c r="C8" s="2">
-[...27 lines deleted...]
-      <c r="S8" s="3"/>
+      <c r="S8" s="3">
+        <v>2</v>
+      </c>
       <c r="T8" s="10">
-        <f>SUM(B8:S8)</f>
-        <v>21</v>
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="U8" s="1" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" s="35" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="2">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="2"/>
       <c r="F9" s="3"/>
       <c r="G9" s="9">
         <v>5</v>
       </c>
       <c r="H9" s="11">
         <v>2</v>
       </c>
       <c r="I9" s="10">
         <v>2</v>
       </c>
       <c r="J9" s="3"/>
       <c r="K9" s="9">
         <v>0</v>
       </c>
       <c r="L9" s="10"/>
       <c r="M9" s="3">
         <v>4</v>
       </c>
       <c r="N9" s="2">
         <v>2</v>
       </c>
       <c r="O9" s="3">
         <v>0</v>
       </c>
       <c r="P9" s="2">
         <v>0</v>
       </c>
-      <c r="Q9" s="3"/>
-[...1 lines deleted...]
-      <c r="S9" s="3"/>
+      <c r="Q9" s="3">
+        <v>4</v>
+      </c>
+      <c r="R9" s="2">
+        <v>2</v>
+      </c>
+      <c r="S9" s="3">
+        <v>2</v>
+      </c>
       <c r="T9" s="10">
-        <f>SUM(B9:S9)</f>
-        <v>21</v>
+        <f t="shared" si="0"/>
+        <v>29</v>
+      </c>
+      <c r="U9" s="1" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" s="35" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="B10" s="3"/>
       <c r="C10" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="9">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="H10" s="11"/>
+        <v>4</v>
+      </c>
+      <c r="H10" s="11">
+        <v>4</v>
+      </c>
       <c r="I10" s="10"/>
-      <c r="J10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J10" s="3"/>
       <c r="K10" s="9"/>
       <c r="L10" s="10"/>
       <c r="M10" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N10" s="2">
         <v>0</v>
       </c>
       <c r="O10" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="P10" s="2">
         <v>2</v>
       </c>
-      <c r="Q10" s="3"/>
-[...1 lines deleted...]
-      <c r="S10" s="3"/>
+      <c r="Q10" s="3">
+        <v>4</v>
+      </c>
+      <c r="R10" s="2">
+        <v>2</v>
+      </c>
+      <c r="S10" s="3">
+        <v>4</v>
+      </c>
       <c r="T10" s="10">
-        <f>SUM(B10:S10)</f>
-[...2 lines deleted...]
-      <c r="U10" s="4"/>
+        <f t="shared" si="0"/>
+        <v>28</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="35" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="2"/>
       <c r="F11" s="3"/>
       <c r="G11" s="9"/>
       <c r="H11" s="11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I11" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J11" s="3"/>
-      <c r="K11" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="K11" s="9"/>
       <c r="L11" s="10">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="N11" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="M11" s="3">
+        <v>0</v>
+      </c>
+      <c r="N11" s="2">
+        <v>0</v>
+      </c>
       <c r="O11" s="3">
         <v>2</v>
       </c>
       <c r="P11" s="2">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="S11" s="3"/>
+        <v>4</v>
+      </c>
+      <c r="Q11" s="3">
+        <v>4</v>
+      </c>
+      <c r="R11" s="2">
+        <v>2</v>
+      </c>
+      <c r="S11" s="3">
+        <v>2</v>
+      </c>
       <c r="T11" s="10">
-        <f>SUM(B11:S11)</f>
-        <v>20</v>
+        <f t="shared" si="0"/>
+        <v>26</v>
+      </c>
+      <c r="U11" s="1" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:21">
-      <c r="A12" s="35" t="s">
-        <v>13</v>
+      <c r="A12" s="26" t="s">
+        <v>43</v>
       </c>
       <c r="B12" s="3"/>
-      <c r="C12" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="C12" s="2"/>
       <c r="D12" s="3"/>
       <c r="E12" s="2"/>
       <c r="F12" s="3"/>
-      <c r="G12" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="G12" s="9"/>
+      <c r="H12" s="11"/>
+      <c r="I12" s="10"/>
       <c r="J12" s="3"/>
-      <c r="K12" s="9">
-[...5 lines deleted...]
-      <c r="M12" s="3"/>
+      <c r="K12" s="9"/>
+      <c r="L12" s="10"/>
+      <c r="M12" s="3">
+        <v>2</v>
+      </c>
       <c r="N12" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="O12" s="3"/>
+        <v>2</v>
+      </c>
+      <c r="O12" s="3">
+        <v>4</v>
+      </c>
       <c r="P12" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      <c r="S12" s="3"/>
+        <v>2</v>
+      </c>
+      <c r="Q12" s="3">
+        <v>4</v>
+      </c>
+      <c r="R12" s="2">
+        <v>6</v>
+      </c>
+      <c r="S12" s="3">
+        <v>4</v>
+      </c>
       <c r="T12" s="10">
-        <f>SUM(B12:S12)</f>
-        <v>20</v>
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
+      <c r="U12" s="1" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" s="35" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="2">
         <v>4</v>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="2">
         <v>0</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="9">
         <v>6</v>
       </c>
       <c r="H13" s="11">
         <v>2</v>
       </c>
       <c r="I13" s="10">
         <v>0</v>
       </c>
       <c r="J13" s="3"/>
       <c r="K13" s="9">
         <v>6</v>
       </c>
       <c r="L13" s="10">
         <v>0</v>
       </c>
       <c r="M13" s="3"/>
       <c r="N13" s="2"/>
       <c r="O13" s="3"/>
       <c r="P13" s="2"/>
-      <c r="Q13" s="3"/>
-[...1 lines deleted...]
-      <c r="S13" s="3"/>
+      <c r="Q13" s="3">
+        <v>2</v>
+      </c>
+      <c r="R13" s="2">
+        <v>2</v>
+      </c>
+      <c r="S13" s="3">
+        <v>2</v>
+      </c>
       <c r="T13" s="10">
-        <f>SUM(B13:S13)</f>
-        <v>18</v>
+        <f t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" s="35" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="2">
         <v>2</v>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="2">
         <v>4</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="9">
         <v>2</v>
       </c>
       <c r="H14" s="11">
         <v>2</v>
       </c>
       <c r="I14" s="10">
         <v>6</v>
       </c>
       <c r="J14" s="3"/>
       <c r="K14" s="9"/>
       <c r="L14" s="10"/>
       <c r="M14" s="3"/>
       <c r="N14" s="2">
         <v>0</v>
       </c>
       <c r="O14" s="3"/>
       <c r="P14" s="2">
         <v>2</v>
       </c>
-      <c r="Q14" s="3"/>
-[...1 lines deleted...]
-      <c r="S14" s="3"/>
+      <c r="Q14" s="3">
+        <v>4</v>
+      </c>
+      <c r="R14" s="2">
+        <v>2</v>
+      </c>
+      <c r="S14" s="3">
+        <v>0</v>
+      </c>
       <c r="T14" s="10">
-        <f>SUM(B14:S14)</f>
-        <v>18</v>
+        <f t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" s="35" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="2">
         <v>4</v>
       </c>
       <c r="D15" s="3"/>
-      <c r="E15" s="2"/>
+      <c r="E15" s="2">
+        <v>2</v>
+      </c>
       <c r="F15" s="3"/>
-      <c r="G15" s="9"/>
+      <c r="G15" s="9">
+        <v>2</v>
+      </c>
       <c r="H15" s="11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I15" s="10"/>
       <c r="J15" s="3"/>
-      <c r="K15" s="9">
-[...2 lines deleted...]
-      <c r="L15" s="10"/>
+      <c r="K15" s="9"/>
+      <c r="L15" s="10">
+        <v>2</v>
+      </c>
       <c r="M15" s="3"/>
       <c r="N15" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O15" s="3"/>
-      <c r="P15" s="2">
-[...4 lines deleted...]
-      <c r="S15" s="3"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="3">
+        <v>4</v>
+      </c>
+      <c r="R15" s="2">
+        <v>2</v>
+      </c>
+      <c r="S15" s="3">
+        <v>4</v>
+      </c>
       <c r="T15" s="10">
-        <f>SUM(B15:S15)</f>
-        <v>18</v>
+        <f t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16" s="35" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B16" s="3"/>
+        <v>2</v>
+      </c>
+      <c r="B16" s="3">
+        <v>2</v>
+      </c>
       <c r="C16" s="2">
         <v>4</v>
       </c>
-      <c r="D16" s="3"/>
-[...3 lines deleted...]
-      <c r="F16" s="3"/>
+      <c r="D16" s="3">
+        <v>2</v>
+      </c>
+      <c r="E16" s="2"/>
+      <c r="F16" s="3">
+        <v>6</v>
+      </c>
       <c r="G16" s="9">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="H16" s="11"/>
       <c r="I16" s="10"/>
-      <c r="J16" s="3"/>
+      <c r="J16" s="3">
+        <v>2</v>
+      </c>
       <c r="K16" s="9"/>
       <c r="L16" s="10"/>
       <c r="M16" s="3">
         <v>2</v>
       </c>
       <c r="N16" s="2">
-        <v>0</v>
-[...6 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="O16" s="3"/>
+      <c r="P16" s="2"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="2"/>
       <c r="S16" s="3"/>
       <c r="T16" s="10">
-        <f>SUM(B16:S16)</f>
-        <v>18</v>
+        <f t="shared" si="0"/>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17" s="35" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="B17" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="B17" s="3">
+        <v>6</v>
+      </c>
       <c r="C17" s="2">
-        <v>2</v>
-[...11 lines deleted...]
-      <c r="J17" s="3"/>
+        <v>6</v>
+      </c>
+      <c r="D17" s="3">
+        <v>2</v>
+      </c>
+      <c r="E17" s="2">
+        <v>2</v>
+      </c>
+      <c r="F17" s="3">
+        <v>2</v>
+      </c>
+      <c r="G17" s="9">
+        <v>1</v>
+      </c>
+      <c r="H17" s="11"/>
+      <c r="I17" s="10"/>
+      <c r="J17" s="3">
+        <v>2</v>
+      </c>
       <c r="K17" s="9"/>
-      <c r="L17" s="10">
-[...13 lines deleted...]
-      </c>
+      <c r="L17" s="10"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="2"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="2"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="2"/>
       <c r="S17" s="3"/>
       <c r="T17" s="10">
-        <f>SUM(B17:S17)</f>
-        <v>18</v>
+        <f t="shared" si="0"/>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="35" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="B18" s="3"/>
+        <v>49</v>
+      </c>
+      <c r="B18" s="3">
+        <v>2</v>
+      </c>
       <c r="C18" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="9">
-        <v>2</v>
-[...14 lines deleted...]
-      <c r="M18" s="3"/>
+        <v>3</v>
+      </c>
+      <c r="H18" s="11"/>
+      <c r="I18" s="10"/>
+      <c r="J18" s="3">
+        <v>6</v>
+      </c>
+      <c r="K18" s="9"/>
+      <c r="L18" s="10"/>
+      <c r="M18" s="3">
+        <v>0</v>
+      </c>
       <c r="N18" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="O18" s="3"/>
+        <v>0</v>
+      </c>
+      <c r="O18" s="3">
+        <v>6</v>
+      </c>
       <c r="P18" s="2">
         <v>2</v>
       </c>
-      <c r="Q18" s="3"/>
-[...1 lines deleted...]
-      <c r="S18" s="3"/>
+      <c r="Q18" s="3">
+        <v>0</v>
+      </c>
+      <c r="R18" s="2">
+        <v>0</v>
+      </c>
+      <c r="S18" s="3">
+        <v>0</v>
+      </c>
       <c r="T18" s="10">
-        <f>SUM(B18:S18)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="U18" s="44"/>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" s="35" t="s">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D19" s="3"/>
-      <c r="E19" s="2"/>
+      <c r="E19" s="2">
+        <v>0</v>
+      </c>
       <c r="F19" s="3"/>
       <c r="G19" s="9">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="H19" s="11"/>
+        <v>2</v>
+      </c>
+      <c r="H19" s="11">
+        <v>0</v>
+      </c>
       <c r="I19" s="10">
         <v>2</v>
       </c>
       <c r="J19" s="3"/>
       <c r="K19" s="9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L19" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M19" s="3"/>
-      <c r="N19" s="2"/>
+      <c r="N19" s="2">
+        <v>4</v>
+      </c>
       <c r="O19" s="3"/>
-      <c r="P19" s="2"/>
-[...2 lines deleted...]
-      <c r="S19" s="3"/>
+      <c r="P19" s="2">
+        <v>2</v>
+      </c>
+      <c r="Q19" s="3">
+        <v>2</v>
+      </c>
+      <c r="R19" s="2">
+        <v>2</v>
+      </c>
+      <c r="S19" s="3">
+        <v>0</v>
+      </c>
       <c r="T19" s="10">
-        <f>SUM(B19:S19)</f>
-[...2 lines deleted...]
-      <c r="U19" s="4"/>
+        <f t="shared" si="0"/>
+        <v>20</v>
+      </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="35" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="2">
         <v>4</v>
       </c>
       <c r="D20" s="3"/>
-      <c r="E20" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="2"/>
       <c r="F20" s="3"/>
-      <c r="G20" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="G20" s="9"/>
       <c r="H20" s="11">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I20" s="10"/>
       <c r="J20" s="3"/>
-      <c r="K20" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K20" s="9">
+        <v>6</v>
+      </c>
+      <c r="L20" s="10"/>
       <c r="M20" s="3"/>
       <c r="N20" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O20" s="3"/>
-      <c r="P20" s="2"/>
+      <c r="P20" s="2">
+        <v>2</v>
+      </c>
       <c r="Q20" s="3"/>
       <c r="R20" s="2"/>
       <c r="S20" s="3"/>
       <c r="T20" s="10">
-        <f>SUM(B20:S20)</f>
-        <v>14</v>
+        <f t="shared" si="0"/>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" s="35" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B21" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="B21" s="3">
+        <v>0</v>
+      </c>
       <c r="C21" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="E21" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D21" s="3">
+        <v>0</v>
+      </c>
+      <c r="E21" s="2">
+        <v>0</v>
+      </c>
       <c r="F21" s="3"/>
-      <c r="G21" s="9">
-[...14 lines deleted...]
-      </c>
+      <c r="G21" s="9"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="10"/>
+      <c r="J21" s="3">
+        <v>0</v>
+      </c>
+      <c r="K21" s="9"/>
+      <c r="L21" s="10"/>
       <c r="M21" s="3"/>
       <c r="N21" s="2"/>
-      <c r="O21" s="3"/>
-[...3 lines deleted...]
-      <c r="S21" s="3"/>
+      <c r="O21" s="3">
+        <v>4</v>
+      </c>
+      <c r="P21" s="2">
+        <v>4</v>
+      </c>
+      <c r="Q21" s="3">
+        <v>0</v>
+      </c>
+      <c r="R21" s="2">
+        <v>0</v>
+      </c>
+      <c r="S21" s="3">
+        <v>6</v>
+      </c>
       <c r="T21" s="10">
-        <f>SUM(B21:S21)</f>
-        <v>13</v>
+        <f t="shared" si="0"/>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:21">
-      <c r="A22" s="36" t="s">
-        <v>9</v>
+      <c r="A22" s="43" t="s">
+        <v>62</v>
       </c>
       <c r="B22" s="3"/>
-      <c r="C22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="2"/>
       <c r="D22" s="3"/>
       <c r="E22" s="2"/>
       <c r="F22" s="3"/>
-      <c r="G22" s="9">
-[...7 lines deleted...]
-      </c>
+      <c r="G22" s="9"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="10"/>
       <c r="J22" s="3"/>
       <c r="K22" s="9"/>
-      <c r="L22" s="10">
-[...1 lines deleted...]
-      </c>
+      <c r="L22" s="10"/>
       <c r="M22" s="3"/>
-      <c r="N22" s="2"/>
-[...4 lines deleted...]
-      <c r="S22" s="3"/>
+      <c r="N22" s="2">
+        <v>2</v>
+      </c>
+      <c r="O22" s="3">
+        <v>4</v>
+      </c>
+      <c r="P22" s="2">
+        <v>2</v>
+      </c>
+      <c r="Q22" s="3">
+        <v>6</v>
+      </c>
+      <c r="R22" s="2">
+        <v>2</v>
+      </c>
+      <c r="S22" s="3">
+        <v>2</v>
+      </c>
       <c r="T22" s="10">
-        <f>SUM(B22:S22)</f>
-[...2 lines deleted...]
-      <c r="U22" s="4"/>
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="36" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="B23" s="3"/>
       <c r="C23" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D23" s="3"/>
       <c r="E23" s="2">
         <v>0</v>
       </c>
       <c r="F23" s="3"/>
-      <c r="G23" s="9"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G23" s="9">
+        <v>0</v>
+      </c>
+      <c r="H23" s="11">
+        <v>2</v>
+      </c>
+      <c r="I23" s="10">
+        <v>4</v>
+      </c>
+      <c r="J23" s="3"/>
       <c r="K23" s="9"/>
       <c r="L23" s="10"/>
       <c r="M23" s="3"/>
-      <c r="N23" s="2"/>
-[...8 lines deleted...]
-      <c r="S23" s="3"/>
+      <c r="N23" s="2">
+        <v>2</v>
+      </c>
+      <c r="O23" s="3"/>
+      <c r="P23" s="2"/>
+      <c r="Q23" s="3">
+        <v>2</v>
+      </c>
+      <c r="R23" s="2">
+        <v>4</v>
+      </c>
+      <c r="S23" s="3">
+        <v>0</v>
+      </c>
       <c r="T23" s="10">
-        <f>SUM(B23:S23)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="U23" s="44"/>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="35" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="B24" s="3"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="3"/>
       <c r="E24" s="2">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="F24" s="3"/>
       <c r="G24" s="9">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="I24" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="11">
+        <v>0</v>
+      </c>
+      <c r="I24" s="10">
+        <v>0</v>
+      </c>
       <c r="J24" s="3"/>
-      <c r="K24" s="9"/>
-      <c r="L24" s="10"/>
+      <c r="K24" s="9">
+        <v>4</v>
+      </c>
+      <c r="L24" s="10">
+        <v>2</v>
+      </c>
       <c r="M24" s="3"/>
       <c r="N24" s="2"/>
       <c r="O24" s="3"/>
-      <c r="P24" s="2"/>
-[...2 lines deleted...]
-      <c r="S24" s="3"/>
+      <c r="P24" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="3">
+        <v>4</v>
+      </c>
+      <c r="R24" s="2">
+        <v>2</v>
+      </c>
+      <c r="S24" s="3">
+        <v>4</v>
+      </c>
       <c r="T24" s="10">
-        <f>SUM(B24:S24)</f>
-        <v>11</v>
+        <f t="shared" si="0"/>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="35" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B25" s="3"/>
-      <c r="C25" s="2"/>
+      <c r="C25" s="2">
+        <v>4</v>
+      </c>
       <c r="D25" s="3"/>
       <c r="E25" s="2"/>
       <c r="F25" s="3"/>
       <c r="G25" s="9">
         <v>5</v>
       </c>
-      <c r="H25" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="H25" s="11"/>
       <c r="I25" s="10">
         <v>2</v>
       </c>
       <c r="J25" s="3"/>
       <c r="K25" s="9">
         <v>2</v>
       </c>
       <c r="L25" s="10">
         <v>2</v>
       </c>
       <c r="M25" s="3"/>
       <c r="N25" s="2"/>
       <c r="O25" s="3"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="3"/>
       <c r="R25" s="2"/>
       <c r="S25" s="3"/>
       <c r="T25" s="10">
-        <f>SUM(B25:S25)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>15</v>
+      </c>
+      <c r="U25" s="44"/>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="35" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="B26" s="3"/>
       <c r="C26" s="2">
-        <v>4</v>
-[...9 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D26" s="3"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="3"/>
       <c r="G26" s="9">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="L26" s="10"/>
+        <v>5</v>
+      </c>
+      <c r="H26" s="11">
+        <v>0</v>
+      </c>
+      <c r="I26" s="10">
+        <v>2</v>
+      </c>
+      <c r="J26" s="3"/>
+      <c r="K26" s="9">
+        <v>4</v>
+      </c>
+      <c r="L26" s="10">
+        <v>2</v>
+      </c>
       <c r="M26" s="3"/>
       <c r="N26" s="2"/>
       <c r="O26" s="3"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="2"/>
       <c r="S26" s="3"/>
       <c r="T26" s="10">
-        <f>SUM(B26:S26)</f>
-        <v>10</v>
+        <f t="shared" si="0"/>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" s="35" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D27" s="3"/>
-      <c r="E27" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="2"/>
       <c r="F27" s="3"/>
       <c r="G27" s="9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H27" s="11">
         <v>2</v>
       </c>
       <c r="I27" s="10">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J27" s="3"/>
       <c r="K27" s="9"/>
-      <c r="L27" s="10"/>
+      <c r="L27" s="10">
+        <v>4</v>
+      </c>
       <c r="M27" s="3"/>
-      <c r="N27" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="N27" s="2"/>
       <c r="O27" s="3"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="2"/>
       <c r="S27" s="3"/>
       <c r="T27" s="10">
-        <f>SUM(B27:S27)</f>
-[...2 lines deleted...]
-      <c r="U27" s="4"/>
+        <f t="shared" si="0"/>
+        <v>13</v>
+      </c>
+      <c r="U27" s="44"/>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" s="26" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="2"/>
       <c r="D28" s="3"/>
       <c r="E28" s="2"/>
       <c r="F28" s="3"/>
       <c r="G28" s="9"/>
       <c r="H28" s="11"/>
       <c r="I28" s="10"/>
       <c r="J28" s="3"/>
       <c r="K28" s="9"/>
       <c r="L28" s="10"/>
       <c r="M28" s="3">
         <v>2</v>
       </c>
       <c r="N28" s="2">
         <v>2</v>
       </c>
-      <c r="O28" s="3">
-[...7 lines deleted...]
-      <c r="S28" s="3"/>
+      <c r="O28" s="3"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="3">
+        <v>2</v>
+      </c>
+      <c r="R28" s="2">
+        <v>6</v>
+      </c>
+      <c r="S28" s="3">
+        <v>0</v>
+      </c>
       <c r="T28" s="10">
-        <f>SUM(B28:S28)</f>
-        <v>10</v>
+        <f t="shared" si="0"/>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" s="35" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B29" s="3"/>
+        <v>54</v>
+      </c>
+      <c r="B29" s="3">
+        <v>2</v>
+      </c>
       <c r="C29" s="2">
         <v>0</v>
       </c>
-      <c r="D29" s="3"/>
-[...1 lines deleted...]
-      <c r="F29" s="3"/>
+      <c r="D29" s="3">
+        <v>4</v>
+      </c>
+      <c r="E29" s="2">
+        <v>2</v>
+      </c>
+      <c r="F29" s="3">
+        <v>2</v>
+      </c>
       <c r="G29" s="9">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="H29" s="11"/>
+      <c r="I29" s="10"/>
       <c r="J29" s="3"/>
-      <c r="K29" s="9">
-[...4 lines deleted...]
-      </c>
+      <c r="K29" s="9"/>
+      <c r="L29" s="10"/>
       <c r="M29" s="3"/>
       <c r="N29" s="2"/>
       <c r="O29" s="3"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="3"/>
       <c r="R29" s="2"/>
       <c r="S29" s="3"/>
       <c r="T29" s="10">
-        <f>SUM(B29:S29)</f>
-[...2 lines deleted...]
-      <c r="U29" s="4"/>
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" s="35" t="s">
-        <v>59</v>
+        <v>4</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="2"/>
       <c r="D30" s="3"/>
-      <c r="E30" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E30" s="2"/>
       <c r="F30" s="3"/>
       <c r="G30" s="9">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H30" s="11">
         <v>0</v>
       </c>
       <c r="I30" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J30" s="3"/>
       <c r="K30" s="9">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="L30" s="10"/>
+        <v>2</v>
+      </c>
+      <c r="L30" s="10">
+        <v>2</v>
+      </c>
       <c r="M30" s="3"/>
-      <c r="N30" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="N30" s="2"/>
       <c r="O30" s="3"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="2"/>
       <c r="S30" s="3"/>
       <c r="T30" s="10">
-        <f>SUM(B30:S30)</f>
-[...2 lines deleted...]
-      <c r="U30" s="4"/>
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" s="35" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B31" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="B31" s="3">
+        <v>2</v>
+      </c>
       <c r="C31" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D31" s="3"/>
+        <v>4</v>
+      </c>
+      <c r="D31" s="3">
+        <v>2</v>
+      </c>
       <c r="E31" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="G31" s="9"/>
+        <v>0</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="9">
+        <v>0</v>
+      </c>
       <c r="H31" s="11"/>
-      <c r="I31" s="10">
-[...8 lines deleted...]
-      </c>
+      <c r="I31" s="10"/>
+      <c r="J31" s="3">
+        <v>2</v>
+      </c>
+      <c r="K31" s="9"/>
+      <c r="L31" s="10"/>
       <c r="M31" s="3"/>
       <c r="N31" s="2"/>
       <c r="O31" s="3"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="2"/>
       <c r="S31" s="3"/>
       <c r="T31" s="10">
-        <f>SUM(B31:S31)</f>
-        <v>8</v>
+        <f t="shared" si="0"/>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:21">
-      <c r="A32" s="26" t="s">
-        <v>58</v>
+      <c r="A32" s="35" t="s">
+        <v>7</v>
       </c>
       <c r="B32" s="3"/>
-      <c r="C32" s="2"/>
+      <c r="C32" s="2">
+        <v>0</v>
+      </c>
       <c r="D32" s="3"/>
       <c r="E32" s="2"/>
       <c r="F32" s="3"/>
-      <c r="G32" s="9"/>
-[...1 lines deleted...]
-      <c r="I32" s="10"/>
+      <c r="G32" s="9">
+        <v>5</v>
+      </c>
+      <c r="H32" s="11">
+        <v>0</v>
+      </c>
+      <c r="I32" s="10">
+        <v>0</v>
+      </c>
       <c r="J32" s="3"/>
-      <c r="K32" s="9"/>
-[...6 lines deleted...]
-      </c>
+      <c r="K32" s="9">
+        <v>4</v>
+      </c>
+      <c r="L32" s="10">
+        <v>0</v>
+      </c>
+      <c r="M32" s="3"/>
+      <c r="N32" s="2"/>
       <c r="O32" s="3"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="3"/>
       <c r="R32" s="2"/>
       <c r="S32" s="3"/>
       <c r="T32" s="10">
-        <f>SUM(B32:S32)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="U32" s="44"/>
     </row>
     <row r="33" spans="1:21">
-      <c r="A33" s="26" t="s">
-        <v>62</v>
+      <c r="A33" s="35" t="s">
+        <v>59</v>
       </c>
       <c r="B33" s="3"/>
       <c r="C33" s="2"/>
       <c r="D33" s="3"/>
-      <c r="E33" s="2"/>
+      <c r="E33" s="2">
+        <v>0</v>
+      </c>
       <c r="F33" s="3"/>
-      <c r="G33" s="9"/>
-[...1 lines deleted...]
-      <c r="I33" s="10"/>
+      <c r="G33" s="9">
+        <v>0</v>
+      </c>
+      <c r="H33" s="11">
+        <v>0</v>
+      </c>
+      <c r="I33" s="10">
+        <v>4</v>
+      </c>
       <c r="J33" s="3"/>
-      <c r="K33" s="9"/>
+      <c r="K33" s="9">
+        <v>4</v>
+      </c>
       <c r="L33" s="10"/>
       <c r="M33" s="3"/>
       <c r="N33" s="2">
-        <v>2</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="O33" s="3"/>
+      <c r="P33" s="2"/>
       <c r="Q33" s="3"/>
       <c r="R33" s="2"/>
       <c r="S33" s="3"/>
       <c r="T33" s="10">
-        <f>SUM(B33:S33)</f>
+        <f t="shared" si="0"/>
         <v>8</v>
       </c>
+      <c r="U33" s="44"/>
     </row>
     <row r="34" spans="1:21">
-      <c r="A34" s="37" t="s">
-        <v>46</v>
+      <c r="A34" s="34" t="s">
+        <v>27</v>
       </c>
       <c r="B34" s="14"/>
       <c r="C34" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D34" s="14"/>
       <c r="E34" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F34" s="14"/>
-      <c r="G34" s="13">
-[...4 lines deleted...]
-      </c>
+      <c r="G34" s="13"/>
+      <c r="H34" s="16"/>
       <c r="I34" s="17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J34" s="14"/>
-      <c r="K34" s="13"/>
-      <c r="L34" s="17"/>
+      <c r="K34" s="13">
+        <v>2</v>
+      </c>
+      <c r="L34" s="17">
+        <v>2</v>
+      </c>
       <c r="M34" s="14"/>
       <c r="N34" s="15"/>
       <c r="O34" s="14"/>
-      <c r="P34" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="P34" s="15"/>
       <c r="Q34" s="14"/>
       <c r="R34" s="15"/>
       <c r="S34" s="14"/>
       <c r="T34" s="10">
-        <f>SUM(B34:S34)</f>
-        <v>6</v>
+        <f t="shared" si="0"/>
+        <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:21">
-      <c r="A35" s="34" t="s">
-        <v>50</v>
+      <c r="A35" s="24" t="s">
+        <v>58</v>
       </c>
       <c r="B35" s="14"/>
       <c r="C35" s="15"/>
       <c r="D35" s="14"/>
-      <c r="E35" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="E35" s="15"/>
       <c r="F35" s="14"/>
       <c r="G35" s="13"/>
-      <c r="H35" s="16">
-[...4 lines deleted...]
-      </c>
+      <c r="H35" s="16"/>
+      <c r="I35" s="17"/>
       <c r="J35" s="14"/>
-      <c r="K35" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="K35" s="13"/>
       <c r="L35" s="17"/>
-      <c r="M35" s="14"/>
-      <c r="N35" s="15"/>
+      <c r="M35" s="14">
+        <v>4</v>
+      </c>
+      <c r="N35" s="15">
+        <v>4</v>
+      </c>
       <c r="O35" s="14"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="14"/>
       <c r="R35" s="15"/>
       <c r="S35" s="14"/>
       <c r="T35" s="10">
-        <f>SUM(B35:S35)</f>
-[...2 lines deleted...]
-      <c r="U35" s="4"/>
+        <f t="shared" ref="T35:T66" si="2">SUM(B35:S35)</f>
+        <v>8</v>
+      </c>
     </row>
     <row r="36" spans="1:21">
-      <c r="A36" s="34" t="s">
-        <v>57</v>
+      <c r="A36" s="24" t="s">
+        <v>51</v>
       </c>
       <c r="B36" s="14"/>
       <c r="C36" s="15"/>
       <c r="D36" s="14"/>
       <c r="E36" s="15"/>
       <c r="F36" s="14"/>
       <c r="G36" s="13"/>
       <c r="H36" s="16"/>
       <c r="I36" s="17"/>
       <c r="J36" s="14"/>
-      <c r="K36" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="K36" s="13"/>
       <c r="L36" s="17"/>
-      <c r="M36" s="14"/>
-      <c r="N36" s="15"/>
+      <c r="M36" s="14">
+        <v>2</v>
+      </c>
+      <c r="N36" s="15">
+        <v>2</v>
+      </c>
       <c r="O36" s="14"/>
       <c r="P36" s="15"/>
-      <c r="Q36" s="14"/>
-      <c r="R36" s="15"/>
+      <c r="Q36" s="14">
+        <v>4</v>
+      </c>
+      <c r="R36" s="15">
+        <v>0</v>
+      </c>
       <c r="S36" s="14"/>
       <c r="T36" s="10">
-        <f>SUM(B36:S36)</f>
-[...2 lines deleted...]
-      <c r="U36" s="4"/>
+        <f t="shared" si="2"/>
+        <v>8</v>
+      </c>
     </row>
     <row r="37" spans="1:21">
-      <c r="A37" s="34" t="s">
-        <v>63</v>
+      <c r="A37" s="24" t="s">
+        <v>56</v>
       </c>
       <c r="B37" s="14"/>
       <c r="C37" s="15"/>
       <c r="D37" s="14"/>
-      <c r="E37" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="E37" s="15"/>
       <c r="F37" s="14"/>
-      <c r="G37" s="13">
-[...7 lines deleted...]
-      </c>
+      <c r="G37" s="13"/>
+      <c r="H37" s="16"/>
+      <c r="I37" s="17"/>
       <c r="J37" s="14"/>
-      <c r="K37" s="13">
-[...7 lines deleted...]
-      <c r="O37" s="14"/>
+      <c r="K37" s="13"/>
+      <c r="L37" s="17"/>
+      <c r="M37" s="14">
+        <v>0</v>
+      </c>
+      <c r="N37" s="15">
+        <v>0</v>
+      </c>
+      <c r="O37" s="14">
+        <v>2</v>
+      </c>
       <c r="P37" s="15">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="S37" s="14"/>
+        <v>2</v>
+      </c>
+      <c r="Q37" s="14">
+        <v>2</v>
+      </c>
+      <c r="R37" s="15">
+        <v>0</v>
+      </c>
+      <c r="S37" s="14">
+        <v>2</v>
+      </c>
       <c r="T37" s="10">
-        <f>SUM(B37:S37)</f>
-        <v>6</v>
+        <f t="shared" si="2"/>
+        <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:21">
-      <c r="A38" s="34" t="s">
-        <v>26</v>
+      <c r="A38" s="37" t="s">
+        <v>46</v>
       </c>
       <c r="B38" s="14"/>
       <c r="C38" s="15">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D38" s="14"/>
       <c r="E38" s="15">
         <v>0</v>
       </c>
       <c r="F38" s="14"/>
       <c r="G38" s="13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H38" s="16">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="I38" s="17"/>
+        <v>2</v>
+      </c>
+      <c r="I38" s="17">
+        <v>2</v>
+      </c>
       <c r="J38" s="14"/>
       <c r="K38" s="13"/>
       <c r="L38" s="17"/>
       <c r="M38" s="14"/>
       <c r="N38" s="15"/>
       <c r="O38" s="14"/>
-      <c r="P38" s="15"/>
+      <c r="P38" s="15">
+        <v>0</v>
+      </c>
       <c r="Q38" s="14"/>
       <c r="R38" s="15"/>
       <c r="S38" s="14"/>
       <c r="T38" s="10">
-        <f>SUM(B38:S38)</f>
-        <v>4</v>
+        <f t="shared" si="2"/>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" s="34" t="s">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="B39" s="14"/>
       <c r="C39" s="15"/>
-      <c r="D39" s="14">
-[...1 lines deleted...]
-      </c>
+      <c r="D39" s="14"/>
       <c r="E39" s="15">
         <v>0</v>
       </c>
       <c r="F39" s="14"/>
       <c r="G39" s="13"/>
-      <c r="H39" s="16"/>
-[...4 lines deleted...]
-      <c r="K39" s="13"/>
+      <c r="H39" s="16">
+        <v>2</v>
+      </c>
+      <c r="I39" s="17">
+        <v>0</v>
+      </c>
+      <c r="J39" s="14"/>
+      <c r="K39" s="13">
+        <v>4</v>
+      </c>
       <c r="L39" s="17"/>
       <c r="M39" s="14"/>
       <c r="N39" s="15"/>
-      <c r="O39" s="14">
-[...4 lines deleted...]
-      </c>
+      <c r="O39" s="14"/>
+      <c r="P39" s="15"/>
       <c r="Q39" s="14"/>
       <c r="R39" s="15"/>
       <c r="S39" s="14"/>
       <c r="T39" s="10">
-        <f>SUM(B39:S39)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="2"/>
+        <v>6</v>
+      </c>
+      <c r="U39" s="44"/>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" s="34" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="14"/>
-      <c r="E40" s="15">
-[...7 lines deleted...]
-      </c>
+      <c r="E40" s="15"/>
+      <c r="F40" s="14"/>
+      <c r="G40" s="13"/>
       <c r="H40" s="16"/>
       <c r="I40" s="17"/>
       <c r="J40" s="14"/>
-      <c r="K40" s="13"/>
+      <c r="K40" s="13">
+        <v>6</v>
+      </c>
       <c r="L40" s="17"/>
       <c r="M40" s="14"/>
       <c r="N40" s="15"/>
       <c r="O40" s="14"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="14"/>
       <c r="R40" s="15"/>
       <c r="S40" s="14"/>
       <c r="T40" s="10">
-        <f>SUM(B40:S40)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="2"/>
+        <v>6</v>
+      </c>
+      <c r="U40" s="44"/>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" s="34" t="s">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="B41" s="14"/>
       <c r="C41" s="15">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D41" s="14"/>
       <c r="E41" s="15">
         <v>0</v>
       </c>
       <c r="F41" s="14"/>
       <c r="G41" s="13">
         <v>0</v>
       </c>
       <c r="H41" s="16">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="I41" s="17"/>
       <c r="J41" s="14"/>
-      <c r="K41" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="K41" s="13"/>
       <c r="L41" s="17"/>
       <c r="M41" s="14"/>
       <c r="N41" s="15"/>
       <c r="O41" s="14"/>
-      <c r="P41" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="P41" s="15"/>
       <c r="Q41" s="14"/>
       <c r="R41" s="15"/>
       <c r="S41" s="14"/>
       <c r="T41" s="10">
-        <f>SUM(B41:S41)</f>
+        <f t="shared" si="2"/>
         <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:21">
-      <c r="A42" s="24" t="s">
-        <v>48</v>
+      <c r="A42" s="34" t="s">
+        <v>3</v>
       </c>
       <c r="B42" s="14"/>
       <c r="C42" s="15"/>
-      <c r="D42" s="14"/>
-      <c r="E42" s="15"/>
+      <c r="D42" s="14">
+        <v>4</v>
+      </c>
+      <c r="E42" s="15">
+        <v>0</v>
+      </c>
       <c r="F42" s="14"/>
       <c r="G42" s="13"/>
       <c r="H42" s="16"/>
       <c r="I42" s="17"/>
-      <c r="J42" s="14"/>
+      <c r="J42" s="14">
+        <v>0</v>
+      </c>
       <c r="K42" s="13"/>
       <c r="L42" s="17"/>
-      <c r="M42" s="14">
-[...6 lines deleted...]
-      <c r="P42" s="15"/>
+      <c r="M42" s="14"/>
+      <c r="N42" s="15"/>
+      <c r="O42" s="14">
+        <v>0</v>
+      </c>
+      <c r="P42" s="15">
+        <v>0</v>
+      </c>
       <c r="Q42" s="14"/>
       <c r="R42" s="15"/>
       <c r="S42" s="14"/>
       <c r="T42" s="10">
-        <f>SUM(B42:S42)</f>
+        <f t="shared" si="2"/>
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:21">
-      <c r="A43" s="24" t="s">
-        <v>51</v>
+      <c r="A43" s="34" t="s">
+        <v>5</v>
       </c>
       <c r="B43" s="14"/>
       <c r="C43" s="15"/>
       <c r="D43" s="14"/>
-      <c r="E43" s="15"/>
-[...1 lines deleted...]
-      <c r="G43" s="13"/>
+      <c r="E43" s="15">
+        <v>0</v>
+      </c>
+      <c r="F43" s="14">
+        <v>2</v>
+      </c>
+      <c r="G43" s="13">
+        <v>2</v>
+      </c>
       <c r="H43" s="16"/>
       <c r="I43" s="17"/>
       <c r="J43" s="14"/>
       <c r="K43" s="13"/>
       <c r="L43" s="17"/>
-      <c r="M43" s="14">
-[...4 lines deleted...]
-      </c>
+      <c r="M43" s="14"/>
+      <c r="N43" s="15"/>
       <c r="O43" s="14"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="14"/>
       <c r="R43" s="15"/>
       <c r="S43" s="14"/>
       <c r="T43" s="10">
-        <f>SUM(B43:S43)</f>
+        <f t="shared" si="2"/>
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:21">
-      <c r="A44" s="24" t="s">
-        <v>56</v>
+      <c r="A44" s="34" t="s">
+        <v>1</v>
       </c>
       <c r="B44" s="14"/>
-      <c r="C44" s="15"/>
+      <c r="C44" s="15">
+        <v>0</v>
+      </c>
       <c r="D44" s="14"/>
-      <c r="E44" s="15"/>
+      <c r="E44" s="15">
+        <v>0</v>
+      </c>
       <c r="F44" s="14"/>
-      <c r="G44" s="13"/>
-[...1 lines deleted...]
-      <c r="I44" s="17"/>
+      <c r="G44" s="13">
+        <v>0</v>
+      </c>
+      <c r="H44" s="16">
+        <v>2</v>
+      </c>
+      <c r="I44" s="17">
+        <v>0</v>
+      </c>
       <c r="J44" s="14"/>
-      <c r="K44" s="13"/>
+      <c r="K44" s="13">
+        <v>2</v>
+      </c>
       <c r="L44" s="17"/>
-      <c r="M44" s="14">
-[...7 lines deleted...]
-      </c>
+      <c r="M44" s="14"/>
+      <c r="N44" s="15"/>
+      <c r="O44" s="14"/>
       <c r="P44" s="15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Q44" s="14"/>
       <c r="R44" s="15"/>
       <c r="S44" s="14"/>
       <c r="T44" s="10">
-        <f>SUM(B44:S44)</f>
+        <f t="shared" si="2"/>
         <v>4</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="14"/>
       <c r="C45" s="15"/>
       <c r="D45" s="14"/>
       <c r="E45" s="15"/>
       <c r="F45" s="14"/>
       <c r="G45" s="13"/>
       <c r="H45" s="16"/>
       <c r="I45" s="17"/>
       <c r="J45" s="14"/>
       <c r="K45" s="13"/>
       <c r="L45" s="17"/>
       <c r="M45" s="14"/>
       <c r="N45" s="15"/>
       <c r="O45" s="14"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="14"/>
       <c r="R45" s="15"/>
       <c r="S45" s="14"/>
       <c r="T45" s="10">
-        <f>SUM(B45:S45)</f>
-[...2 lines deleted...]
-      <c r="U45" s="4"/>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="U45" s="44"/>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" s="37" t="s">
         <v>47</v>
       </c>
       <c r="B46" s="14"/>
       <c r="C46" s="15">
         <v>0</v>
       </c>
       <c r="D46" s="14"/>
       <c r="E46" s="15"/>
       <c r="F46" s="14"/>
       <c r="G46" s="13"/>
       <c r="H46" s="16"/>
       <c r="I46" s="17">
         <v>0</v>
       </c>
       <c r="J46" s="14"/>
       <c r="K46" s="13"/>
       <c r="L46" s="17"/>
       <c r="M46" s="14"/>
       <c r="N46" s="15"/>
       <c r="O46" s="14"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="14"/>
       <c r="R46" s="15"/>
       <c r="S46" s="14"/>
       <c r="T46" s="10">
-        <f>SUM(B46:S46)</f>
-[...2 lines deleted...]
-      <c r="U46" s="4"/>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="U46" s="44"/>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" s="24" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="14"/>
       <c r="C47" s="15"/>
       <c r="D47" s="14"/>
       <c r="E47" s="15"/>
       <c r="F47" s="14"/>
       <c r="G47" s="13"/>
       <c r="H47" s="16"/>
       <c r="I47" s="17"/>
       <c r="J47" s="14"/>
       <c r="K47" s="13"/>
       <c r="L47" s="17"/>
       <c r="M47" s="14"/>
       <c r="N47" s="15"/>
       <c r="O47" s="14"/>
       <c r="P47" s="15"/>
-      <c r="Q47" s="14"/>
+      <c r="Q47" s="14">
+        <v>0</v>
+      </c>
       <c r="R47" s="15"/>
       <c r="S47" s="14"/>
       <c r="T47" s="10">
-        <f>SUM(B47:S47)</f>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" s="24" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="14"/>
       <c r="C48" s="15"/>
       <c r="D48" s="14"/>
       <c r="E48" s="15"/>
       <c r="F48" s="14"/>
       <c r="G48" s="13"/>
       <c r="H48" s="16"/>
       <c r="I48" s="17"/>
       <c r="J48" s="14"/>
       <c r="K48" s="13"/>
       <c r="L48" s="17"/>
       <c r="M48" s="14"/>
       <c r="N48" s="15"/>
       <c r="O48" s="14"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="14"/>
       <c r="R48" s="15"/>
       <c r="S48" s="14"/>
       <c r="T48" s="10">
-        <f>SUM(B48:S48)</f>
-[...3 lines deleted...]
-    <row r="49" spans="1:20">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21">
       <c r="A49" s="37" t="s">
         <v>55</v>
       </c>
       <c r="B49" s="14"/>
       <c r="C49" s="15"/>
       <c r="D49" s="14"/>
       <c r="E49" s="15"/>
       <c r="F49" s="14"/>
       <c r="G49" s="13"/>
       <c r="H49" s="16"/>
       <c r="I49" s="17"/>
       <c r="J49" s="14"/>
       <c r="K49" s="13"/>
       <c r="L49" s="17"/>
       <c r="M49" s="14"/>
       <c r="N49" s="15"/>
       <c r="O49" s="14"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="14"/>
       <c r="R49" s="15"/>
       <c r="S49" s="14"/>
       <c r="T49" s="10">
-        <f>SUM(B49:S49)</f>
-[...3 lines deleted...]
-    <row r="50" spans="1:20">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21">
       <c r="A50" s="24" t="s">
         <v>61</v>
       </c>
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="14"/>
       <c r="E50" s="15"/>
       <c r="F50" s="14"/>
       <c r="G50" s="13"/>
       <c r="H50" s="16"/>
       <c r="I50" s="17"/>
       <c r="J50" s="14"/>
       <c r="K50" s="13"/>
       <c r="L50" s="17"/>
       <c r="M50" s="14"/>
       <c r="N50" s="15"/>
       <c r="O50" s="14"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="14"/>
       <c r="R50" s="15"/>
       <c r="S50" s="14"/>
       <c r="T50" s="10">
-        <f>SUM(B50:S50)</f>
-[...3 lines deleted...]
-    <row r="51" spans="1:20" ht="15.75" thickBot="1">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21" ht="15.75" thickBot="1">
       <c r="A51" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B51" s="14"/>
       <c r="C51" s="15"/>
       <c r="D51" s="14"/>
       <c r="E51" s="15"/>
       <c r="F51" s="14"/>
       <c r="G51" s="13"/>
       <c r="H51" s="16"/>
       <c r="I51" s="17"/>
       <c r="J51" s="14"/>
       <c r="K51" s="13"/>
       <c r="L51" s="17"/>
       <c r="M51" s="14"/>
       <c r="N51" s="15"/>
       <c r="O51" s="14"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="14"/>
       <c r="R51" s="15"/>
       <c r="S51" s="14"/>
       <c r="T51" s="41">
-        <f>SUM(B51:S51)</f>
-[...4 lines deleted...]
-      <c r="A52" s="43" t="s">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21" s="4" customFormat="1" ht="32.25" customHeight="1">
+      <c r="A52" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="B52" s="43"/>
-[...20 lines deleted...]
-      <c r="A53" s="43" t="s">
+      <c r="B52" s="45"/>
+      <c r="C52" s="45"/>
+      <c r="D52" s="45"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="45"/>
+      <c r="G52" s="45"/>
+      <c r="H52" s="45"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="45"/>
+      <c r="K52" s="45"/>
+      <c r="L52" s="45"/>
+      <c r="M52" s="45"/>
+      <c r="N52" s="45"/>
+      <c r="O52" s="45"/>
+      <c r="P52" s="45"/>
+      <c r="Q52" s="45"/>
+      <c r="R52" s="45"/>
+      <c r="S52" s="45"/>
+      <c r="T52" s="45"/>
+      <c r="U52" s="44"/>
+    </row>
+    <row r="53" spans="1:21" s="4" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A53" s="45" t="s">
         <v>64</v>
       </c>
-      <c r="B53" s="43"/>
-[...20 lines deleted...]
-      <c r="A54" s="43" t="s">
+      <c r="B53" s="45"/>
+      <c r="C53" s="45"/>
+      <c r="D53" s="45"/>
+      <c r="E53" s="45"/>
+      <c r="F53" s="45"/>
+      <c r="G53" s="45"/>
+      <c r="H53" s="45"/>
+      <c r="I53" s="45"/>
+      <c r="J53" s="45"/>
+      <c r="K53" s="45"/>
+      <c r="L53" s="45"/>
+      <c r="M53" s="45"/>
+      <c r="N53" s="45"/>
+      <c r="O53" s="45"/>
+      <c r="P53" s="45"/>
+      <c r="Q53" s="45"/>
+      <c r="R53" s="45"/>
+      <c r="S53" s="45"/>
+      <c r="T53" s="45"/>
+      <c r="U53" s="44"/>
+    </row>
+    <row r="54" spans="1:21" s="4" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A54" s="45" t="s">
         <v>24</v>
       </c>
-      <c r="B54" s="43"/>
-[...19 lines deleted...]
-    <row r="55" spans="1:20" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="B54" s="45"/>
+      <c r="C54" s="45"/>
+      <c r="D54" s="45"/>
+      <c r="E54" s="45"/>
+      <c r="F54" s="45"/>
+      <c r="G54" s="45"/>
+      <c r="H54" s="45"/>
+      <c r="I54" s="45"/>
+      <c r="J54" s="45"/>
+      <c r="K54" s="45"/>
+      <c r="L54" s="45"/>
+      <c r="M54" s="45"/>
+      <c r="N54" s="45"/>
+      <c r="O54" s="45"/>
+      <c r="P54" s="45"/>
+      <c r="Q54" s="45"/>
+      <c r="R54" s="45"/>
+      <c r="S54" s="45"/>
+      <c r="T54" s="45"/>
+      <c r="U54" s="44"/>
+    </row>
+    <row r="55" spans="1:21" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="A55" s="18"/>
       <c r="B55" s="5"/>
       <c r="C55" s="5"/>
       <c r="D55" s="5"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="5"/>
       <c r="H55" s="8"/>
       <c r="I55" s="8"/>
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
       <c r="L55" s="12"/>
       <c r="M55" s="25"/>
       <c r="N55" s="25"/>
       <c r="O55" s="25"/>
       <c r="P55" s="25"/>
       <c r="Q55" s="25"/>
       <c r="R55" s="25"/>
       <c r="S55" s="25"/>
       <c r="T55" s="5"/>
-    </row>
-    <row r="56" spans="1:20" s="4" customFormat="1" ht="17.25">
+      <c r="U55" s="44"/>
+    </row>
+    <row r="56" spans="1:21" s="4" customFormat="1" ht="17.25">
       <c r="A56" s="38" t="s">
         <v>72</v>
       </c>
       <c r="B56" s="25"/>
       <c r="C56" s="25"/>
       <c r="D56" s="25"/>
       <c r="E56" s="25"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="39"/>
       <c r="M56" s="40"/>
       <c r="N56" s="40"/>
       <c r="O56" s="40"/>
       <c r="P56" s="40"/>
       <c r="Q56" s="40"/>
       <c r="R56" s="40"/>
       <c r="S56" s="40"/>
       <c r="T56" s="39"/>
+      <c r="U56" s="44"/>
     </row>
   </sheetData>
-  <sortState ref="A3:V51">
+  <sortState ref="A3:U51">
     <sortCondition descending="1" ref="T3:T51"/>
   </sortState>
   <mergeCells count="12">
     <mergeCell ref="A52:T52"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="T1:T2"/>
     <mergeCell ref="A54:T54"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="A53:T53"/>
     <mergeCell ref="M1:N1"/>
     <mergeCell ref="O1:P1"/>
     <mergeCell ref="Q1:R1"/>
   </mergeCells>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0" header="0.11811023622047245" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;UCDC  Vétérans et Open 2025</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 