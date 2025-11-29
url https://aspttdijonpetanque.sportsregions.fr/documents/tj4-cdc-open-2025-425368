--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -21,105 +21,105 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="150" windowWidth="11715" windowHeight="11835"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Feuil1!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I43" i="1"/>
+  <c r="I11" i="1"/>
+  <c r="I12"/>
+  <c r="I4"/>
+  <c r="I3"/>
+  <c r="I20"/>
+  <c r="I24"/>
+  <c r="I13"/>
   <c r="I27"/>
-  <c r="I7"/>
-[...6 lines deleted...]
-  <c r="I4"/>
   <c r="I30"/>
+  <c r="I19"/>
+  <c r="I26"/>
   <c r="I31"/>
   <c r="I32"/>
   <c r="I33"/>
   <c r="I34"/>
-  <c r="I21"/>
-[...1 lines deleted...]
-  <c r="I15"/>
   <c r="I35"/>
+  <c r="I18"/>
+  <c r="I22"/>
+  <c r="I14"/>
   <c r="I36"/>
   <c r="I37"/>
   <c r="I38"/>
   <c r="I39"/>
-  <c r="I22"/>
   <c r="I40"/>
-  <c r="I18"/>
   <c r="I23"/>
   <c r="I41"/>
-  <c r="I19"/>
+  <c r="I16"/>
   <c r="I42"/>
+  <c r="I17"/>
+  <c r="I43"/>
   <c r="I44"/>
   <c r="I45"/>
   <c r="I46"/>
   <c r="I47"/>
-  <c r="I24"/>
+  <c r="I25"/>
   <c r="I48"/>
+  <c r="I21"/>
+  <c r="I49"/>
+  <c r="I28"/>
+  <c r="I15"/>
+  <c r="I50"/>
+  <c r="I6"/>
+  <c r="I5"/>
+  <c r="I51"/>
+  <c r="I9"/>
+  <c r="I52"/>
+  <c r="I8"/>
+  <c r="I7"/>
+  <c r="I29"/>
   <c r="I10"/>
-  <c r="I49"/>
-[...11 lines deleted...]
-  <c r="I17"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="75">
   <si>
     <t>BAUMANN Sylvie</t>
   </si>
   <si>
     <t>BAUMANN Daniel</t>
   </si>
   <si>
     <t>CHIRADE Daniel</t>
   </si>
   <si>
     <t>CHIRADE Michel</t>
   </si>
   <si>
     <t>DEMAISON Michel</t>
   </si>
   <si>
     <t>DULIO Emmanuel</t>
   </si>
   <si>
     <t>EDOUARD Brigitte</t>
   </si>
   <si>
     <t>EDOUARD Didier</t>
   </si>
   <si>
@@ -273,130 +273,151 @@
     <t>J1</t>
   </si>
   <si>
     <t>J2</t>
   </si>
   <si>
     <t>J3</t>
   </si>
   <si>
     <t>J4</t>
   </si>
   <si>
     <t>J5</t>
   </si>
   <si>
     <t>J6</t>
   </si>
   <si>
     <t>J7</t>
   </si>
   <si>
     <t>JARDINIER Bernard</t>
   </si>
   <si>
     <t>exempt</t>
+  </si>
+  <si>
+    <t>1er</t>
+  </si>
+  <si>
+    <t>2è</t>
+  </si>
+  <si>
+    <t>3è</t>
+  </si>
+  <si>
+    <t>4è</t>
+  </si>
+  <si>
+    <t>6è</t>
+  </si>
+  <si>
+    <t>7è</t>
+  </si>
+  <si>
+    <t>8è</t>
+  </si>
+  <si>
+    <t>9è Meill Fém</t>
+  </si>
+  <si>
+    <t>9è</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -442,79 +463,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top/>
-      <bottom style="thin">
-[...13 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -556,87 +549,50 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...35 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
@@ -667,219 +623,278 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="16" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="16" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="ZoneTexte 1"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12220575" y="3648075"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
@@ -1175,1128 +1190,1294 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L8" sqref="L8"/>
+      <selection activeCell="K15" sqref="K15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.42578125" style="7" customWidth="1"/>
     <col min="2" max="9" width="10" style="1" customWidth="1"/>
+    <col min="10" max="10" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="54" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="56">
+      <c r="B1" s="58">
         <v>45934</v>
       </c>
-      <c r="C1" s="57"/>
-      <c r="D1" s="56">
+      <c r="C1" s="59"/>
+      <c r="D1" s="58">
         <v>45935</v>
       </c>
-      <c r="E1" s="57"/>
-      <c r="F1" s="56">
+      <c r="E1" s="59"/>
+      <c r="F1" s="58">
         <v>45948</v>
       </c>
-      <c r="G1" s="57"/>
-      <c r="H1" s="47">
+      <c r="G1" s="59"/>
+      <c r="H1" s="40">
         <v>45949</v>
       </c>
-      <c r="I1" s="54" t="s">
+      <c r="I1" s="56" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="15.75" thickBot="1">
-      <c r="A2" s="53"/>
+      <c r="A2" s="55"/>
       <c r="B2" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="12" t="s">
         <v>59</v>
       </c>
       <c r="E2" s="13" t="s">
         <v>60</v>
       </c>
       <c r="F2" s="12" t="s">
         <v>61</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="H2" s="12" t="s">
+      <c r="H2" s="51" t="s">
         <v>63</v>
       </c>
-      <c r="I2" s="55"/>
+      <c r="I2" s="57"/>
     </row>
     <row r="3" spans="1:10">
-      <c r="A3" s="48" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="15">
+      <c r="A3" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="47">
+        <v>4</v>
+      </c>
+      <c r="C3" s="48">
+        <v>2</v>
+      </c>
+      <c r="D3" s="47">
+        <v>4</v>
+      </c>
+      <c r="E3" s="48">
         <v>6</v>
       </c>
-      <c r="E3" s="16">
-[...7 lines deleted...]
-        <v>16</v>
+      <c r="F3" s="47">
+        <v>6</v>
+      </c>
+      <c r="G3" s="49">
+        <v>2</v>
+      </c>
+      <c r="H3" s="47">
+        <v>4</v>
+      </c>
+      <c r="I3" s="50">
+        <f t="shared" ref="I3:I34" si="0">SUM(B3:H3)</f>
+        <v>28</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" s="3">
+        <v>2</v>
+      </c>
+      <c r="C4" s="2">
+        <v>2</v>
+      </c>
+      <c r="D4" s="3">
+        <v>4</v>
+      </c>
+      <c r="E4" s="2">
+        <v>2</v>
+      </c>
+      <c r="F4" s="3">
+        <v>4</v>
+      </c>
+      <c r="G4" s="2">
+        <v>6</v>
+      </c>
+      <c r="H4" s="3">
+        <v>4</v>
+      </c>
+      <c r="I4" s="50">
+        <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="B4" s="3">
-[...8 lines deleted...]
-      <c r="E4" s="2">
+      <c r="J4" s="1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="3">
+        <v>4</v>
+      </c>
+      <c r="C5" s="2">
+        <v>4</v>
+      </c>
+      <c r="D5" s="32"/>
+      <c r="E5" s="2">
+        <v>4</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2</v>
+      </c>
+      <c r="G5" s="11">
         <v>6</v>
       </c>
-      <c r="F4" s="3"/>
-[...3 lines deleted...]
-        <f>SUM(B4:H4)</f>
+      <c r="H5" s="3">
+        <v>2</v>
+      </c>
+      <c r="I5" s="14">
+        <f t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="3">
+        <v>4</v>
+      </c>
+      <c r="C6" s="2">
+        <v>4</v>
+      </c>
+      <c r="D6" s="3">
+        <v>6</v>
+      </c>
+      <c r="E6" s="2">
+        <v>2</v>
+      </c>
+      <c r="F6" s="3">
+        <v>0</v>
+      </c>
+      <c r="G6" s="11">
+        <v>2</v>
+      </c>
+      <c r="H6" s="3">
+        <v>4</v>
+      </c>
+      <c r="I6" s="14">
+        <f t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="3">
+        <v>2</v>
+      </c>
+      <c r="C7" s="2">
+        <v>4</v>
+      </c>
+      <c r="D7" s="3">
+        <v>4</v>
+      </c>
+      <c r="E7" s="2">
+        <v>2</v>
+      </c>
+      <c r="F7" s="3">
+        <v>4</v>
+      </c>
+      <c r="G7" s="11">
+        <v>0</v>
+      </c>
+      <c r="H7" s="3">
+        <v>6</v>
+      </c>
+      <c r="I7" s="14">
+        <f t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" s="28"/>
+      <c r="C8" s="2">
+        <v>2</v>
+      </c>
+      <c r="D8" s="3">
+        <v>4</v>
+      </c>
+      <c r="E8" s="2">
+        <v>2</v>
+      </c>
+      <c r="F8" s="3">
+        <v>6</v>
+      </c>
+      <c r="G8" s="11">
+        <v>2</v>
+      </c>
+      <c r="H8" s="3">
+        <v>2</v>
+      </c>
+      <c r="I8" s="14">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="3">
+        <v>2</v>
+      </c>
+      <c r="C9" s="2">
+        <v>4</v>
+      </c>
+      <c r="D9" s="32"/>
+      <c r="E9" s="23"/>
+      <c r="F9" s="3">
+        <v>4</v>
+      </c>
+      <c r="G9" s="11">
+        <v>2</v>
+      </c>
+      <c r="H9" s="3">
+        <v>4</v>
+      </c>
+      <c r="I9" s="14">
+        <f t="shared" si="0"/>
         <v>16</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <f>SUM(B5:H5)</f>
+      <c r="J9" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" s="3">
+        <v>2</v>
+      </c>
+      <c r="C10" s="2">
+        <v>0</v>
+      </c>
+      <c r="D10" s="3">
+        <v>2</v>
+      </c>
+      <c r="E10" s="2">
+        <v>2</v>
+      </c>
+      <c r="F10" s="3">
+        <v>4</v>
+      </c>
+      <c r="G10" s="11">
+        <v>2</v>
+      </c>
+      <c r="H10" s="3">
+        <v>4</v>
+      </c>
+      <c r="I10" s="14">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="28"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="3">
+        <v>2</v>
+      </c>
+      <c r="E11" s="2">
+        <v>2</v>
+      </c>
+      <c r="F11" s="3">
+        <v>4</v>
+      </c>
+      <c r="G11" s="11">
+        <v>6</v>
+      </c>
+      <c r="H11" s="3">
+        <v>0</v>
+      </c>
+      <c r="I11" s="14">
+        <f t="shared" ref="I11" si="1">SUM(B11:H11)</f>
+        <v>14</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="28"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="3">
+        <v>4</v>
+      </c>
+      <c r="E12" s="2">
+        <v>4</v>
+      </c>
+      <c r="F12" s="3">
+        <v>0</v>
+      </c>
+      <c r="G12" s="11">
+        <v>0</v>
+      </c>
+      <c r="H12" s="3">
+        <v>6</v>
+      </c>
+      <c r="I12" s="14">
+        <f t="shared" ref="I12" si="2">SUM(B12:H12)</f>
+        <v>14</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="3">
+        <v>4</v>
+      </c>
+      <c r="C13" s="2">
+        <v>4</v>
+      </c>
+      <c r="D13" s="32"/>
+      <c r="E13" s="2">
+        <v>2</v>
+      </c>
+      <c r="F13" s="3">
+        <v>2</v>
+      </c>
+      <c r="G13" s="11">
+        <v>2</v>
+      </c>
+      <c r="H13" s="3">
+        <v>0</v>
+      </c>
+      <c r="I13" s="14">
+        <f t="shared" si="0"/>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="3">
+        <v>4</v>
+      </c>
+      <c r="C14" s="2">
+        <v>2</v>
+      </c>
+      <c r="D14" s="3">
+        <v>0</v>
+      </c>
+      <c r="E14" s="2">
+        <v>0</v>
+      </c>
+      <c r="F14" s="3">
+        <v>4</v>
+      </c>
+      <c r="G14" s="11">
+        <v>2</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="14">
+        <f t="shared" si="0"/>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" s="22" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="3">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2">
+        <v>0</v>
+      </c>
+      <c r="D15" s="3">
+        <v>2</v>
+      </c>
+      <c r="E15" s="2">
+        <v>4</v>
+      </c>
+      <c r="F15" s="3">
+        <v>4</v>
+      </c>
+      <c r="G15" s="11">
+        <v>2</v>
+      </c>
+      <c r="H15" s="3">
+        <v>2</v>
+      </c>
+      <c r="I15" s="14">
+        <f t="shared" si="0"/>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="3">
+        <v>4</v>
+      </c>
+      <c r="C16" s="2">
+        <v>2</v>
+      </c>
+      <c r="D16" s="32"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="3">
+        <v>2</v>
+      </c>
+      <c r="G16" s="11">
+        <v>4</v>
+      </c>
+      <c r="H16" s="3">
+        <v>0</v>
+      </c>
+      <c r="I16" s="14">
+        <f t="shared" si="0"/>
         <v>12</v>
       </c>
-    </row>
-[...18 lines deleted...]
-        <f>SUM(B6:H6)</f>
+      <c r="J16" s="60"/>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" s="3">
+        <v>4</v>
+      </c>
+      <c r="C17" s="2">
+        <v>0</v>
+      </c>
+      <c r="D17" s="32"/>
+      <c r="E17" s="2">
+        <v>2</v>
+      </c>
+      <c r="F17" s="3">
+        <v>4</v>
+      </c>
+      <c r="G17" s="11">
+        <v>2</v>
+      </c>
+      <c r="H17" s="3">
+        <v>0</v>
+      </c>
+      <c r="I17" s="14">
+        <f t="shared" si="0"/>
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:10">
-[...17 lines deleted...]
-        <f>SUM(B7:H7)</f>
+    <row r="18" spans="1:10">
+      <c r="A18" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3">
+        <v>2</v>
+      </c>
+      <c r="C18" s="2">
+        <v>2</v>
+      </c>
+      <c r="D18" s="28"/>
+      <c r="E18" s="23"/>
+      <c r="F18" s="3">
+        <v>2</v>
+      </c>
+      <c r="G18" s="11">
+        <v>6</v>
+      </c>
+      <c r="H18" s="3">
+        <v>0</v>
+      </c>
+      <c r="I18" s="14">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="J18" s="60"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="3">
+        <v>6</v>
+      </c>
+      <c r="C19" s="2">
+        <v>2</v>
+      </c>
+      <c r="D19" s="32"/>
+      <c r="E19" s="2">
+        <v>2</v>
+      </c>
+      <c r="F19" s="28"/>
+      <c r="G19" s="43"/>
+      <c r="H19" s="28"/>
+      <c r="I19" s="14">
+        <f t="shared" si="0"/>
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:10">
-[...19 lines deleted...]
-        <f>SUM(B8:H8)</f>
+    <row r="20" spans="1:10">
+      <c r="A20" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="28"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="2">
+        <v>0</v>
+      </c>
+      <c r="F20" s="3">
+        <v>4</v>
+      </c>
+      <c r="G20" s="11">
+        <v>2</v>
+      </c>
+      <c r="H20" s="3">
+        <v>4</v>
+      </c>
+      <c r="I20" s="14">
+        <f t="shared" si="0"/>
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:10">
-[...3 lines deleted...]
-      <c r="B9" s="3">
+    <row r="21" spans="1:10">
+      <c r="A21" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" s="3">
+        <v>4</v>
+      </c>
+      <c r="C21" s="2">
+        <v>4</v>
+      </c>
+      <c r="D21" s="28"/>
+      <c r="E21" s="23"/>
+      <c r="F21" s="28"/>
+      <c r="G21" s="43"/>
+      <c r="H21" s="28"/>
+      <c r="I21" s="14">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="30" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="3">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2">
+        <v>0</v>
+      </c>
+      <c r="D22" s="3">
         <v>6</v>
       </c>
-      <c r="C9" s="2">
-[...30 lines deleted...]
-        <f>SUM(B10:H10)</f>
+      <c r="E22" s="2">
+        <v>2</v>
+      </c>
+      <c r="F22" s="3">
+        <v>0</v>
+      </c>
+      <c r="G22" s="11">
+        <v>0</v>
+      </c>
+      <c r="H22" s="3">
+        <v>0</v>
+      </c>
+      <c r="I22" s="14">
+        <f t="shared" si="0"/>
         <v>8</v>
       </c>
-    </row>
-[...18 lines deleted...]
-        <f>SUM(B11:H11)</f>
+      <c r="J22" s="60"/>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" s="3">
+        <v>2</v>
+      </c>
+      <c r="C23" s="2">
+        <v>2</v>
+      </c>
+      <c r="D23" s="28"/>
+      <c r="E23" s="23"/>
+      <c r="F23" s="3">
+        <v>4</v>
+      </c>
+      <c r="G23" s="11">
+        <v>0</v>
+      </c>
+      <c r="H23" s="28"/>
+      <c r="I23" s="14">
+        <f t="shared" si="0"/>
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:10">
-[...15 lines deleted...]
-        <f>SUM(B12:H12)</f>
+    <row r="24" spans="1:10">
+      <c r="A24" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" s="28"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="3">
+        <v>2</v>
+      </c>
+      <c r="G24" s="11">
+        <v>2</v>
+      </c>
+      <c r="H24" s="3">
+        <v>4</v>
+      </c>
+      <c r="I24" s="14">
+        <f t="shared" si="0"/>
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="1:10">
-[...9 lines deleted...]
-      <c r="D13" s="3">
+    <row r="25" spans="1:10">
+      <c r="A25" s="22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="3">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2">
+        <v>0</v>
+      </c>
+      <c r="D25" s="3">
+        <v>2</v>
+      </c>
+      <c r="E25" s="2">
+        <v>2</v>
+      </c>
+      <c r="F25" s="3">
+        <v>2</v>
+      </c>
+      <c r="G25" s="11">
+        <v>0</v>
+      </c>
+      <c r="H25" s="3">
+        <v>2</v>
+      </c>
+      <c r="I25" s="14">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="B26" s="3">
+        <v>2</v>
+      </c>
+      <c r="C26" s="2">
+        <v>4</v>
+      </c>
+      <c r="D26" s="28"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="43"/>
+      <c r="H26" s="28"/>
+      <c r="I26" s="14">
+        <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="E13" s="2">
-[...27 lines deleted...]
-        <f>SUM(B14:H14)</f>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="28"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="3">
+        <v>2</v>
+      </c>
+      <c r="G27" s="11">
+        <v>2</v>
+      </c>
+      <c r="H27" s="3">
+        <v>2</v>
+      </c>
+      <c r="I27" s="14">
+        <f t="shared" si="0"/>
         <v>6</v>
       </c>
     </row>
-    <row r="15" spans="1:10">
-[...221 lines deleted...]
-      <c r="A25" s="32" t="s">
+    <row r="28" spans="1:10">
+      <c r="A28" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3">
-[...16 lines deleted...]
-      <c r="A26" s="32" t="s">
+      <c r="B28" s="3">
+        <v>2</v>
+      </c>
+      <c r="C28" s="2">
+        <v>0</v>
+      </c>
+      <c r="D28" s="32"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="28"/>
+      <c r="I28" s="14">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B26" s="3">
-[...48 lines deleted...]
-      <c r="A29" s="50" t="s">
+      <c r="B29" s="3">
+        <v>0</v>
+      </c>
+      <c r="C29" s="23"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="2">
+        <v>0</v>
+      </c>
+      <c r="F29" s="28"/>
+      <c r="G29" s="43"/>
+      <c r="H29" s="28"/>
+      <c r="I29" s="14">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="B29" s="3"/>
-[...22 lines deleted...]
-      </c>
+      <c r="B30" s="3"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="3"/>
+      <c r="E30" s="2"/>
       <c r="F30" s="3"/>
       <c r="G30" s="11"/>
       <c r="H30" s="3"/>
       <c r="I30" s="14">
-        <f>SUM(B30:H30)</f>
-[...2 lines deleted...]
-      <c r="J30" s="4"/>
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="31" spans="1:10">
-      <c r="A31" s="22" t="s">
+      <c r="A31" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="28"/>
+      <c r="C31" s="23"/>
+      <c r="D31" s="3">
+        <v>0</v>
+      </c>
+      <c r="E31" s="2">
+        <v>0</v>
+      </c>
+      <c r="F31" s="28"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="28"/>
+      <c r="I31" s="14">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="60"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="3"/>
-[...20 lines deleted...]
-      </c>
+      <c r="B32" s="3"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="2"/>
       <c r="F32" s="3"/>
       <c r="G32" s="11"/>
       <c r="H32" s="3"/>
       <c r="I32" s="14">
-        <f>SUM(B32:H32)</f>
-[...2 lines deleted...]
-      <c r="J32" s="4"/>
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:10">
-      <c r="A33" s="23" t="s">
+      <c r="A33" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" s="26"/>
+      <c r="C33" s="31"/>
+      <c r="D33" s="33"/>
+      <c r="E33" s="18">
+        <v>0</v>
+      </c>
+      <c r="F33" s="26"/>
+      <c r="G33" s="44"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="14">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="60"/>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="B33" s="20"/>
-[...22 lines deleted...]
-      <c r="H34" s="20"/>
+      <c r="B34" s="17"/>
+      <c r="C34" s="18"/>
+      <c r="D34" s="17"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="17"/>
       <c r="I34" s="14">
-        <f>SUM(B34:H34)</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J34" s="60"/>
     </row>
     <row r="35" spans="1:10">
-      <c r="A35" s="23" t="s">
+      <c r="A35" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="16"/>
+      <c r="H35" s="17"/>
+      <c r="I35" s="14">
+        <f t="shared" ref="I35:I66" si="3">SUM(B35:H35)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="B35" s="20"/>
-[...13 lines deleted...]
-      <c r="A36" s="23" t="s">
+      <c r="B36" s="17"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="17"/>
+      <c r="E36" s="18"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="16"/>
+      <c r="H36" s="17"/>
+      <c r="I36" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J36" s="60"/>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="B36" s="20"/>
-[...12 lines deleted...]
-      <c r="A37" s="23" t="s">
+      <c r="B37" s="17"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="17"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="16"/>
+      <c r="H37" s="17"/>
+      <c r="I37" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="B37" s="20"/>
-[...13 lines deleted...]
-      <c r="A38" s="23" t="s">
+      <c r="B38" s="17"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="17"/>
+      <c r="E38" s="18"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="17"/>
+      <c r="I38" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J38" s="60"/>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B38" s="20"/>
-[...12 lines deleted...]
-      <c r="A39" s="23" t="s">
+      <c r="B39" s="17"/>
+      <c r="C39" s="18"/>
+      <c r="D39" s="17"/>
+      <c r="E39" s="18"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="17"/>
+      <c r="I39" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="B39" s="20"/>
-[...13 lines deleted...]
-      <c r="A40" s="23" t="s">
+      <c r="B40" s="17"/>
+      <c r="C40" s="18"/>
+      <c r="D40" s="17"/>
+      <c r="E40" s="18"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="17"/>
+      <c r="I40" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J40" s="60"/>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="B40" s="20"/>
-[...12 lines deleted...]
-      <c r="A41" s="23" t="s">
+      <c r="B41" s="17"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="17"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="B41" s="20"/>
-[...12 lines deleted...]
-      <c r="A42" s="23" t="s">
+      <c r="B42" s="17"/>
+      <c r="C42" s="18"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="17">
+        <v>0</v>
+      </c>
+      <c r="G42" s="44"/>
+      <c r="H42" s="26"/>
+      <c r="I42" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="B42" s="20"/>
-[...23 lines deleted...]
-      <c r="H43" s="20"/>
+      <c r="B43" s="17"/>
+      <c r="C43" s="18"/>
+      <c r="D43" s="17"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="17"/>
       <c r="I43" s="14">
-        <f>SUM(B43:H43)</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
-      <c r="A44" s="23" t="s">
+      <c r="A44" s="20" t="s">
         <v>47</v>
       </c>
-      <c r="B44" s="20"/>
-[...5 lines deleted...]
-      <c r="H44" s="20"/>
+      <c r="B44" s="17"/>
+      <c r="C44" s="18"/>
+      <c r="D44" s="17"/>
+      <c r="E44" s="18"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="17"/>
       <c r="I44" s="14">
-        <f>SUM(B44:H44)</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
-      <c r="A45" s="23" t="s">
+      <c r="A45" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="B45" s="20"/>
-[...5 lines deleted...]
-      <c r="H45" s="20"/>
+      <c r="B45" s="17"/>
+      <c r="C45" s="18"/>
+      <c r="D45" s="17"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="17"/>
       <c r="I45" s="14">
-        <f>SUM(B45:H45)</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
-      <c r="A46" s="23" t="s">
+      <c r="A46" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="B46" s="20"/>
-[...5 lines deleted...]
-      <c r="H46" s="20"/>
+      <c r="B46" s="17"/>
+      <c r="C46" s="18"/>
+      <c r="D46" s="17"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="17"/>
+      <c r="G46" s="16"/>
+      <c r="H46" s="17"/>
       <c r="I46" s="14">
-        <f>SUM(B46:H46)</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
-      <c r="A47" s="23" t="s">
+      <c r="A47" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="B47" s="20"/>
-[...5 lines deleted...]
-      <c r="H47" s="20"/>
+      <c r="B47" s="17"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="17"/>
+      <c r="E47" s="18"/>
+      <c r="F47" s="17"/>
+      <c r="G47" s="16"/>
+      <c r="H47" s="17"/>
       <c r="I47" s="14">
-        <f>SUM(B47:H47)</f>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
-      <c r="A48" s="23" t="s">
+      <c r="A48" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="B48" s="20"/>
-[...5 lines deleted...]
-      <c r="H48" s="20"/>
+      <c r="B48" s="17"/>
+      <c r="C48" s="18"/>
+      <c r="D48" s="17"/>
+      <c r="E48" s="18"/>
+      <c r="F48" s="17"/>
+      <c r="G48" s="16"/>
+      <c r="H48" s="17"/>
       <c r="I48" s="14">
-        <f>SUM(B48:H48)</f>
-[...4 lines deleted...]
-      <c r="A49" s="23" t="s">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="B49" s="20"/>
-[...5 lines deleted...]
-      <c r="H49" s="20"/>
+      <c r="B49" s="17"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="17"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="17"/>
+      <c r="G49" s="16"/>
+      <c r="H49" s="17"/>
       <c r="I49" s="14">
-        <f>SUM(B49:H49)</f>
-[...4 lines deleted...]
-      <c r="A50" s="23" t="s">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B50" s="20"/>
-[...5 lines deleted...]
-      <c r="H50" s="20"/>
+      <c r="B50" s="17"/>
+      <c r="C50" s="18"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="16"/>
+      <c r="H50" s="17"/>
       <c r="I50" s="14">
-        <f>SUM(B50:H50)</f>
-[...4 lines deleted...]
-      <c r="A51" s="23" t="s">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="20" t="s">
         <v>55</v>
       </c>
-      <c r="B51" s="20"/>
-[...5 lines deleted...]
-      <c r="H51" s="20"/>
+      <c r="B51" s="17"/>
+      <c r="C51" s="18"/>
+      <c r="D51" s="17"/>
+      <c r="E51" s="18"/>
+      <c r="F51" s="17"/>
+      <c r="G51" s="16"/>
+      <c r="H51" s="17"/>
       <c r="I51" s="14">
-        <f>SUM(B51:H51)</f>
-[...4 lines deleted...]
-      <c r="A52" s="45" t="s">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="15.75" thickBot="1">
+      <c r="A52" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="B52" s="42"/>
-[...12 lines deleted...]
-      <c r="A53" s="51" t="s">
+      <c r="B52" s="35"/>
+      <c r="C52" s="39"/>
+      <c r="D52" s="35"/>
+      <c r="E52" s="39"/>
+      <c r="F52" s="35"/>
+      <c r="G52" s="36"/>
+      <c r="H52" s="35"/>
+      <c r="I52" s="37">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" s="4" customFormat="1" ht="32.25" customHeight="1">
+      <c r="A53" s="53" t="s">
         <v>17</v>
       </c>
-      <c r="B53" s="51"/>
-[...9 lines deleted...]
-      <c r="A54" s="51" t="s">
+      <c r="B53" s="53"/>
+      <c r="C53" s="53"/>
+      <c r="D53" s="53"/>
+      <c r="E53" s="53"/>
+      <c r="F53" s="53"/>
+      <c r="G53" s="53"/>
+      <c r="H53" s="53"/>
+      <c r="I53" s="53"/>
+      <c r="J53" s="60"/>
+    </row>
+    <row r="54" spans="1:10" s="4" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A54" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="B54" s="51"/>
-[...9 lines deleted...]
-      <c r="A55" s="24"/>
+      <c r="B54" s="53"/>
+      <c r="C54" s="53"/>
+      <c r="D54" s="53"/>
+      <c r="E54" s="53"/>
+      <c r="F54" s="53"/>
+      <c r="G54" s="53"/>
+      <c r="H54" s="53"/>
+      <c r="I54" s="53"/>
+      <c r="J54" s="60"/>
+    </row>
+    <row r="55" spans="1:10" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A55" s="21"/>
       <c r="B55" s="5"/>
       <c r="C55" s="5"/>
       <c r="D55" s="5"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="5"/>
-      <c r="H55" s="18"/>
+      <c r="H55" s="15"/>
       <c r="I55" s="5"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A56" s="26" t="s">
+      <c r="J55" s="60"/>
+    </row>
+    <row r="56" spans="1:10" s="4" customFormat="1" ht="17.25">
+      <c r="A56" s="52" t="s">
         <v>22</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="E56" s="41" t="s">
+      <c r="E56" s="34" t="s">
         <v>65</v>
       </c>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
+      <c r="J56" s="60"/>
     </row>
   </sheetData>
-  <sortState ref="A3:K52">
-    <sortCondition descending="1" ref="I3:I52"/>
+  <sortState ref="A4:J52">
+    <sortCondition descending="1" ref="I4:I52"/>
   </sortState>
   <mergeCells count="7">
     <mergeCell ref="A53:I53"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.35433070866141736" bottom="0.19685039370078741" header="0.11811023622047245" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;UCDC Open 2025</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>