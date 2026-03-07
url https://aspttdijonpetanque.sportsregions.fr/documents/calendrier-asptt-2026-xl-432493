--- v0 (2026-01-14)
+++ v1 (2026-03-07)
@@ -5,51 +5,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-15" windowWidth="12615" windowHeight="12330"/>
+    <workbookView xWindow="12600" yWindow="-15" windowWidth="12645" windowHeight="12345"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Lapiche</author>
   </authors>
   <commentList>
     <comment ref="F2" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
@@ -95,71 +95,121 @@
     <comment ref="L3" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elite : J1 8h30 J2 14h30
 D1/ D2 :  J1 14h30</t>
         </r>
       </text>
     </comment>
+    <comment ref="O3" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+Site unique Fenay</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="R3" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 9h</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L6" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+site unique : ?</t>
         </r>
       </text>
     </comment>
     <comment ref="U6" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 J5 8h30 J6 14h30</t>
         </r>
@@ -191,50 +241,74 @@
     </comment>
     <comment ref="F7" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 19h</t>
         </r>
       </text>
     </comment>
+    <comment ref="R7" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Challenge Bos , 14h limité à 64 équipes</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="AJ7" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
         </r>
       </text>
     </comment>
     <comment ref="F8" authorId="0">
@@ -263,123 +337,148 @@
     </comment>
     <comment ref="O8" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 D1/ D2 : J5 14h30</t>
         </r>
       </text>
     </comment>
+    <comment ref="R8" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Challenge Jerome Durier</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="F9" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
-        </r>
-[...22 lines deleted...]
-National Asptt Lorient du 7/5 au 9/5</t>
         </r>
       </text>
     </comment>
     <comment ref="L10" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elite : J3 8h30 J4 14h30
 D1/ D2 : J2 14h30</t>
         </r>
       </text>
     </comment>
+    <comment ref="O10" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+site unique : Neuilly</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="C11" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
         </r>
       </text>
     </comment>
     <comment ref="O11" authorId="0">
@@ -408,50 +507,76 @@
     </comment>
     <comment ref="C12" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
         </r>
       </text>
     </comment>
+    <comment ref="L12" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+S4 : Fontaine
+Site unique : Neuilly</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="AJ12" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 14h</t>
         </r>
       </text>
     </comment>
     <comment ref="O13" authorId="0">
@@ -528,71 +653,72 @@
     </comment>
     <comment ref="AJ13" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 14h Challenge Daniel Dupont</t>
         </r>
       </text>
     </comment>
-    <comment ref="O14" authorId="0">
+    <comment ref="I14" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-19h</t>
+ouvert à tous
+Association "le temps d'un espoir"</t>
         </r>
       </text>
     </comment>
     <comment ref="AJ14" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 14h Challenge Eric Vauzelle</t>
         </r>
@@ -694,50 +820,76 @@
 14h</t>
         </r>
       </text>
     </comment>
     <comment ref="C19" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L19" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+S4 : Marsannay
+Site principal : USCVL</t>
         </r>
       </text>
     </comment>
     <comment ref="AJ20" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
         </r>
@@ -772,144 +924,245 @@
     </comment>
     <comment ref="AJ21" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
         </r>
       </text>
     </comment>
+    <comment ref="I22" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+S4 : Fontaine
+Site Principal : Pontailler</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="O22" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elite : J7
 D1/ D2 J7</t>
         </r>
       </text>
     </comment>
     <comment ref="R22" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 J3 8h30 J4 14h30</t>
         </r>
       </text>
     </comment>
-    <comment ref="O24" authorId="0">
+    <comment ref="AG22" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-14h Challenge Jerome Durier</t>
+10h</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L23" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+site unique Brazey</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="AG23" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+10h</t>
         </r>
       </text>
     </comment>
     <comment ref="O25" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10h</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L26" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Lapiche:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+début 9h
+S4 : Fontaine
+Site principal : Fontaine</t>
         </r>
       </text>
     </comment>
     <comment ref="L27" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 14h</t>
         </r>
@@ -920,176 +1173,130 @@
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 1er Gd Prix Ste Colombe
 DS poule A/B début 10h
 limité 128 doubl.
 Inscription av 24 Juin</t>
         </r>
       </text>
     </comment>
-    <comment ref="AG29" authorId="0">
+    <comment ref="I29" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-10h</t>
-[...23 lines deleted...]
-10h</t>
+début masc 9h fém 10h
+S4 : ?  
+Site unique ?</t>
         </r>
       </text>
     </comment>
     <comment ref="C31" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 14h</t>
         </r>
       </text>
     </comment>
     <comment ref="L31" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lapiche:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 D1/ D2 : J4 14h30</t>
-        </r>
-[...22 lines deleted...]
-10h</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="897" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="160">
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
     <t>Avril</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Juin</t>
   </si>
   <si>
     <t>Juillet</t>
   </si>
   <si>
     <t>Aout</t>
   </si>
   <si>
@@ -1350,92 +1557,83 @@
   <si>
     <t>CCO Tripl Vét</t>
   </si>
   <si>
     <t>CCO TàT Fém &amp; DS M</t>
   </si>
   <si>
     <t>D Vét 4p Neuilly</t>
   </si>
   <si>
     <t>CDC Vét D1/D2</t>
   </si>
   <si>
     <t>CdF T3 &amp; CdCO T2T3</t>
   </si>
   <si>
     <t>CCO Tmixte</t>
   </si>
   <si>
     <t>CHDP Phase Finale</t>
   </si>
   <si>
     <t>Neuilly DS</t>
   </si>
   <si>
-    <t>Savouges nocturne</t>
-[...1 lines deleted...]
-  <si>
     <t>CHDTir &amp; Point début</t>
   </si>
   <si>
     <t>D Vét 4p Genlis</t>
   </si>
   <si>
     <t>Marsannay DS</t>
   </si>
   <si>
     <t>CDC Vét réserve</t>
   </si>
   <si>
     <t>CDC Vét barrage</t>
   </si>
   <si>
-    <t>Nolay DS</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TV Chall. René Malle </t>
   </si>
   <si>
     <t>CDC Vét phase Finale</t>
   </si>
   <si>
     <t>D Vét 4p Is/Tille</t>
   </si>
   <si>
     <t xml:space="preserve">Chall. David &amp; René </t>
   </si>
   <si>
     <t>T Vét 4p Asptt</t>
   </si>
   <si>
     <t>Fenay Gd Prix DS &amp; DF</t>
   </si>
   <si>
-    <t>Tournois du Mardi</t>
-[...1 lines deleted...]
-  <si>
     <t>Clénay DS</t>
   </si>
   <si>
     <t>Beaune DS Chal. Barlet</t>
   </si>
   <si>
     <t>D Vét 4p Longvic</t>
   </si>
   <si>
     <t>USCVL Nat. Dmixte</t>
   </si>
   <si>
     <t>D Vét 4p Lac</t>
   </si>
   <si>
     <t>Marsannay Tmixte</t>
   </si>
   <si>
     <t>Gd Prix J-Charles DS</t>
   </si>
   <si>
     <t>Dijon  Nat. Dmixte</t>
   </si>
   <si>
     <t>Réun. Comité calendrier</t>
@@ -1494,75 +1692,90 @@
   <si>
     <t>Stage Fédération</t>
   </si>
   <si>
     <t xml:space="preserve">Comblanchien DS </t>
   </si>
   <si>
     <t>Longvic DS</t>
   </si>
   <si>
     <t>D Vét 4p Comblanch.</t>
   </si>
   <si>
     <t>T Vét 4p Lac</t>
   </si>
   <si>
     <t>D Vét  Longvic</t>
   </si>
   <si>
     <t>D Vét  Fontaine</t>
   </si>
   <si>
     <t>D Vét  4p Asptt</t>
   </si>
   <si>
-    <t>D Vet Marsannay</t>
-[...1 lines deleted...]
-  <si>
     <t>D Vet Neuilly</t>
   </si>
   <si>
     <t xml:space="preserve">Concours Vétérans </t>
   </si>
   <si>
-    <t>Marsannay MUCO 4p</t>
-[...1 lines deleted...]
-  <si>
     <t>T Vet Lac</t>
   </si>
   <si>
     <t>T Vet Drapeau</t>
   </si>
   <si>
     <t>Concours de fermeture</t>
   </si>
   <si>
-    <t>Asptt National Lorient</t>
-[...1 lines deleted...]
-  <si>
     <t>Ste Colombe Gd Prix DS</t>
+  </si>
+  <si>
+    <t>Marsan MUCO 4p 19h</t>
+  </si>
+  <si>
+    <t>CCO Doubl Jeu Prov</t>
+  </si>
+  <si>
+    <t>Tournois Asptt de l'Eté</t>
+  </si>
+  <si>
+    <t>T Open 4p boulodrome</t>
+  </si>
+  <si>
+    <t>T 4p Boul. Spondylo 19h</t>
+  </si>
+  <si>
+    <t>Pagny DS</t>
+  </si>
+  <si>
+    <t>Savouges DS 19h</t>
+  </si>
+  <si>
+    <t>T Vet Marsannay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
@@ -2099,51 +2312,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="119">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2220,53 +2433,50 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="15" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2332,72 +2542,90 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="21" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="20" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="20" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2408,68 +2636,50 @@
     <xf numFmtId="0" fontId="3" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF66FF66"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FF00FF00"/>
       <color rgb="FFFF66FF"/>
       <color rgb="FF65E5DF"/>
       <color rgb="FF0EE2E2"/>
     </mruColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -2742,1773 +2952,1781 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AN32"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="H1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="U19" sqref="U19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="17.45" customHeight="1"/>
   <cols>
     <col min="1" max="2" width="2.42578125" style="22" customWidth="1"/>
     <col min="3" max="3" width="19" style="1" customWidth="1"/>
     <col min="4" max="5" width="2.42578125" style="22" customWidth="1"/>
     <col min="6" max="6" width="19" style="1" customWidth="1"/>
     <col min="7" max="8" width="2.42578125" style="22" customWidth="1"/>
     <col min="9" max="9" width="19" style="1" customWidth="1"/>
     <col min="10" max="11" width="2.42578125" style="22" customWidth="1"/>
     <col min="12" max="12" width="19" style="3" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="22" customWidth="1"/>
     <col min="14" max="14" width="2.42578125" style="23" customWidth="1"/>
     <col min="15" max="15" width="19" style="2" customWidth="1"/>
     <col min="16" max="17" width="2.42578125" style="22" customWidth="1"/>
     <col min="18" max="18" width="19" style="3" customWidth="1"/>
     <col min="19" max="20" width="2.42578125" style="22" customWidth="1"/>
     <col min="21" max="21" width="17.42578125" style="3" customWidth="1"/>
     <col min="22" max="23" width="2.42578125" style="22" customWidth="1"/>
     <col min="24" max="24" width="19" style="3" customWidth="1"/>
     <col min="25" max="25" width="2.42578125" style="22" customWidth="1"/>
-    <col min="26" max="26" width="2.42578125" style="64" customWidth="1"/>
+    <col min="26" max="26" width="2.42578125" style="63" customWidth="1"/>
     <col min="27" max="27" width="19" style="3" customWidth="1"/>
     <col min="28" max="28" width="2.42578125" style="22" customWidth="1"/>
-    <col min="29" max="29" width="2.42578125" style="64" customWidth="1"/>
+    <col min="29" max="29" width="2.42578125" style="63" customWidth="1"/>
     <col min="30" max="30" width="19" style="3" customWidth="1"/>
     <col min="31" max="31" width="2.42578125" style="22" customWidth="1"/>
-    <col min="32" max="32" width="2.42578125" style="64" customWidth="1"/>
+    <col min="32" max="32" width="2.42578125" style="63" customWidth="1"/>
     <col min="33" max="33" width="19" style="3" customWidth="1"/>
     <col min="34" max="34" width="2.42578125" style="22" customWidth="1"/>
-    <col min="35" max="35" width="2.42578125" style="67" customWidth="1"/>
+    <col min="35" max="35" width="2.42578125" style="66" customWidth="1"/>
     <col min="36" max="36" width="19.85546875" style="2" customWidth="1"/>
     <col min="37" max="37" width="11.42578125" style="22" customWidth="1"/>
     <col min="38" max="16384" width="11.42578125" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1" thickBot="1">
-      <c r="A1" s="117" t="s">
+      <c r="A1" s="98" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="118"/>
-[...1 lines deleted...]
-      <c r="D1" s="117" t="s">
+      <c r="B1" s="99"/>
+      <c r="C1" s="100"/>
+      <c r="D1" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="118"/>
-[...1 lines deleted...]
-      <c r="G1" s="117" t="s">
+      <c r="E1" s="99"/>
+      <c r="F1" s="100"/>
+      <c r="G1" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="H1" s="118"/>
-[...1 lines deleted...]
-      <c r="J1" s="117" t="s">
+      <c r="H1" s="99"/>
+      <c r="I1" s="100"/>
+      <c r="J1" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="K1" s="118"/>
-[...1 lines deleted...]
-      <c r="M1" s="117" t="s">
+      <c r="K1" s="99"/>
+      <c r="L1" s="100"/>
+      <c r="M1" s="98" t="s">
         <v>4</v>
       </c>
-      <c r="N1" s="118"/>
-[...1 lines deleted...]
-      <c r="P1" s="117" t="s">
+      <c r="N1" s="99"/>
+      <c r="O1" s="100"/>
+      <c r="P1" s="98" t="s">
         <v>5</v>
       </c>
-      <c r="Q1" s="118"/>
-[...1 lines deleted...]
-      <c r="S1" s="117" t="s">
+      <c r="Q1" s="99"/>
+      <c r="R1" s="100"/>
+      <c r="S1" s="98" t="s">
         <v>6</v>
       </c>
-      <c r="T1" s="118"/>
-[...1 lines deleted...]
-      <c r="V1" s="117" t="s">
+      <c r="T1" s="99"/>
+      <c r="U1" s="100"/>
+      <c r="V1" s="98" t="s">
         <v>7</v>
       </c>
-      <c r="W1" s="118"/>
-[...1 lines deleted...]
-      <c r="Y1" s="117" t="s">
+      <c r="W1" s="99"/>
+      <c r="X1" s="100"/>
+      <c r="Y1" s="98" t="s">
         <v>8</v>
       </c>
-      <c r="Z1" s="118"/>
-[...1 lines deleted...]
-      <c r="AB1" s="117" t="s">
+      <c r="Z1" s="99"/>
+      <c r="AA1" s="100"/>
+      <c r="AB1" s="98" t="s">
         <v>9</v>
       </c>
-      <c r="AC1" s="118"/>
-[...1 lines deleted...]
-      <c r="AE1" s="117" t="s">
+      <c r="AC1" s="99"/>
+      <c r="AD1" s="100"/>
+      <c r="AE1" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="AF1" s="118"/>
-[...1 lines deleted...]
-      <c r="AH1" s="117" t="s">
+      <c r="AF1" s="99"/>
+      <c r="AG1" s="100"/>
+      <c r="AH1" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="AI1" s="118"/>
-      <c r="AJ1" s="119"/>
+      <c r="AI1" s="99"/>
+      <c r="AJ1" s="100"/>
       <c r="AK1" s="10"/>
-      <c r="AL1" s="116" t="s">
+      <c r="AL1" s="97" t="s">
         <v>52</v>
       </c>
-      <c r="AM1" s="116"/>
-      <c r="AN1" s="116"/>
+      <c r="AM1" s="97"/>
+      <c r="AN1" s="97"/>
     </row>
     <row r="2" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1" thickBot="1">
       <c r="A2" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="56" t="s">
+      <c r="D2" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="E2" s="57" t="s">
+      <c r="E2" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="F2" s="77" t="s">
+      <c r="F2" s="76" t="s">
         <v>76</v>
       </c>
-      <c r="G2" s="56" t="s">
+      <c r="G2" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="H2" s="57" t="s">
+      <c r="H2" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="I2" s="78" t="s">
-        <v>141</v>
+      <c r="I2" s="77" t="s">
+        <v>138</v>
       </c>
       <c r="J2" s="42" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="43" t="s">
         <v>13</v>
       </c>
       <c r="L2" s="40"/>
-      <c r="M2" s="53" t="s">
+      <c r="M2" s="52" t="s">
         <v>16</v>
       </c>
-      <c r="N2" s="54" t="s">
+      <c r="N2" s="53" t="s">
         <v>13</v>
       </c>
-      <c r="O2" s="83" t="s">
+      <c r="O2" s="82" t="s">
         <v>97</v>
       </c>
-      <c r="P2" s="71" t="s">
+      <c r="P2" s="70" t="s">
         <v>12</v>
       </c>
-      <c r="Q2" s="72" t="s">
+      <c r="Q2" s="71" t="s">
         <v>13</v>
       </c>
-      <c r="R2" s="73"/>
+      <c r="R2" s="72"/>
       <c r="S2" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="T2" s="62" t="s">
+      <c r="T2" s="61" t="s">
         <v>13</v>
       </c>
       <c r="U2" s="4"/>
       <c r="V2" s="17" t="s">
         <v>18</v>
       </c>
       <c r="W2" s="14" t="s">
         <v>13</v>
       </c>
       <c r="X2" s="8"/>
       <c r="Y2" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Z2" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="AA2" s="74" t="s">
-        <v>114</v>
+      <c r="AA2" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="AB2" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="AC2" s="62" t="s">
+      <c r="AC2" s="61" t="s">
         <v>13</v>
       </c>
-      <c r="AD2" s="89" t="s">
-[...2 lines deleted...]
-      <c r="AE2" s="65" t="s">
+      <c r="AD2" s="87" t="s">
+        <v>120</v>
+      </c>
+      <c r="AE2" s="64" t="s">
         <v>20</v>
       </c>
-      <c r="AF2" s="66" t="s">
+      <c r="AF2" s="65" t="s">
         <v>13</v>
       </c>
       <c r="AG2" s="24" t="s">
         <v>68</v>
       </c>
       <c r="AH2" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AI2" s="43" t="s">
         <v>13</v>
       </c>
       <c r="AJ2" s="35"/>
       <c r="AK2" s="10"/>
-      <c r="AL2" s="114" t="s">
+      <c r="AL2" s="95" t="s">
         <v>53</v>
       </c>
-      <c r="AM2" s="114"/>
-      <c r="AN2" s="114"/>
+      <c r="AM2" s="95"/>
+      <c r="AN2" s="95"/>
     </row>
     <row r="3" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A3" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="E3" s="55" t="s">
+      <c r="E3" s="54" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="55" t="s">
+      <c r="H3" s="54" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="4"/>
       <c r="J3" s="15" t="s">
         <v>15</v>
       </c>
       <c r="K3" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="L3" s="81" t="s">
+      <c r="L3" s="80" t="s">
         <v>86</v>
       </c>
       <c r="M3" s="15" t="s">
         <v>18</v>
       </c>
       <c r="N3" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="O3" s="79" t="s">
+      <c r="O3" s="78" t="s">
         <v>98</v>
       </c>
       <c r="P3" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Q3" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="74" t="s">
-        <v>108</v>
+      <c r="R3" s="73" t="s">
+        <v>106</v>
       </c>
       <c r="S3" s="17" t="s">
         <v>15</v>
       </c>
       <c r="T3" s="18" t="s">
         <v>21</v>
       </c>
       <c r="U3" s="25" t="s">
         <v>90</v>
       </c>
       <c r="V3" s="28" t="s">
         <v>20</v>
       </c>
       <c r="W3" s="29" t="s">
         <v>21</v>
       </c>
       <c r="X3" s="9"/>
       <c r="Y3" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="18" t="s">
         <v>21</v>
       </c>
       <c r="AA3" s="6"/>
       <c r="AB3" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="18" t="s">
         <v>21</v>
       </c>
       <c r="AD3" s="4"/>
       <c r="AE3" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AF3" s="55" t="s">
+      <c r="AF3" s="54" t="s">
         <v>21</v>
       </c>
-      <c r="AG3" s="51"/>
+      <c r="AG3" s="50"/>
       <c r="AH3" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AI3" s="18" t="s">
         <v>21</v>
       </c>
       <c r="AJ3" s="9"/>
       <c r="AK3" s="10"/>
-      <c r="AL3" s="115" t="s">
+      <c r="AL3" s="96" t="s">
         <v>54</v>
       </c>
-      <c r="AM3" s="115"/>
-      <c r="AN3" s="115"/>
+      <c r="AM3" s="96"/>
+      <c r="AN3" s="96"/>
     </row>
     <row r="4" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A4" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="16" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="16" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="25" t="s">
         <v>70</v>
       </c>
       <c r="G4" s="17" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="30" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="25" t="s">
-        <v>70</v>
+        <v>155</v>
       </c>
       <c r="J4" s="15" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="16" t="s">
         <v>22</v>
       </c>
       <c r="L4" s="4"/>
       <c r="M4" s="28" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="O4" s="79" t="s">
+      <c r="O4" s="78" t="s">
         <v>75</v>
       </c>
       <c r="P4" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="R4" s="4"/>
       <c r="S4" s="17" t="s">
         <v>16</v>
       </c>
       <c r="T4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="W4" s="55" t="s">
+      <c r="W4" s="54" t="s">
         <v>22</v>
       </c>
       <c r="X4" s="9"/>
       <c r="Y4" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Z4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AA4" s="25" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="AB4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AC4" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="AD4" s="85" t="s">
-        <v>155</v>
+      <c r="AD4" s="84" t="s">
+        <v>150</v>
       </c>
       <c r="AE4" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AF4" s="30" t="s">
         <v>22</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="50"/>
       <c r="AH4" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AI4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="10"/>
-      <c r="AL4" s="106" t="s">
+      <c r="AL4" s="111" t="s">
         <v>55</v>
       </c>
-      <c r="AM4" s="106"/>
-      <c r="AN4" s="106"/>
+      <c r="AM4" s="111"/>
+      <c r="AN4" s="111"/>
     </row>
     <row r="5" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="29" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="27" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="30" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="4"/>
       <c r="G5" s="27" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="18" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="4"/>
       <c r="J5" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="L5" s="74" t="s">
+      <c r="L5" s="73" t="s">
         <v>71</v>
       </c>
       <c r="M5" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="N5" s="55" t="s">
+      <c r="N5" s="54" t="s">
         <v>23</v>
       </c>
       <c r="O5" s="4"/>
       <c r="P5" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="R5" s="84" t="s">
-        <v>109</v>
+      <c r="R5" s="83" t="s">
+        <v>107</v>
       </c>
       <c r="S5" s="17" t="s">
         <v>18</v>
       </c>
       <c r="T5" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="U5" s="75" t="s">
+      <c r="U5" s="74" t="s">
         <v>82</v>
       </c>
       <c r="V5" s="17" t="s">
         <v>19</v>
       </c>
       <c r="W5" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="X5" s="74" t="s">
-        <v>114</v>
+      <c r="X5" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="Y5" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Z5" s="18" t="s">
         <v>23</v>
       </c>
       <c r="AA5" s="4"/>
       <c r="AB5" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AC5" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AD5" s="9"/>
       <c r="AE5" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AF5" s="18" t="s">
         <v>23</v>
       </c>
       <c r="AG5" s="9"/>
       <c r="AH5" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AI5" s="18" t="s">
         <v>23</v>
       </c>
       <c r="AJ5" s="9"/>
       <c r="AK5" s="10"/>
-      <c r="AL5" s="107" t="s">
+      <c r="AL5" s="112" t="s">
         <v>59</v>
       </c>
-      <c r="AM5" s="107"/>
-      <c r="AN5" s="107"/>
+      <c r="AM5" s="112"/>
+      <c r="AN5" s="112"/>
     </row>
     <row r="6" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A6" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="16" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="4"/>
       <c r="G6" s="17" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="4"/>
       <c r="J6" s="28" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="29" t="s">
         <v>24</v>
       </c>
-      <c r="L6" s="82" t="s">
+      <c r="L6" s="81" t="s">
         <v>87</v>
       </c>
       <c r="M6" s="15" t="s">
         <v>19</v>
       </c>
       <c r="N6" s="30" t="s">
         <v>24</v>
       </c>
       <c r="O6" s="25" t="s">
         <v>90</v>
       </c>
       <c r="P6" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Q6" s="18" t="s">
         <v>24</v>
       </c>
       <c r="R6" s="9"/>
       <c r="S6" s="28" t="s">
         <v>20</v>
       </c>
       <c r="T6" s="29" t="s">
         <v>24</v>
       </c>
-      <c r="U6" s="90" t="s">
-        <v>124</v>
+      <c r="U6" s="88" t="s">
+        <v>121</v>
       </c>
       <c r="V6" s="27" t="s">
         <v>17</v>
       </c>
       <c r="W6" s="16" t="s">
         <v>24</v>
       </c>
       <c r="X6" s="4"/>
       <c r="Y6" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Z6" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="AA6" s="87" t="s">
-        <v>118</v>
+      <c r="AA6" s="85" t="s">
+        <v>115</v>
       </c>
       <c r="AB6" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AC6" s="55" t="s">
+      <c r="AC6" s="54" t="s">
         <v>24</v>
       </c>
       <c r="AD6" s="41"/>
       <c r="AE6" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AF6" s="18" t="s">
         <v>24</v>
       </c>
       <c r="AG6" s="9"/>
       <c r="AH6" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AI6" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="AJ6" s="75" t="s">
+      <c r="AJ6" s="74" t="s">
         <v>77</v>
       </c>
       <c r="AK6" s="10"/>
-      <c r="AL6" s="108" t="s">
+      <c r="AL6" s="113" t="s">
         <v>56</v>
       </c>
-      <c r="AM6" s="108"/>
-      <c r="AN6" s="108"/>
+      <c r="AM6" s="113"/>
+      <c r="AN6" s="113"/>
     </row>
     <row r="7" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A7" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="25" t="s">
         <v>70</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="F7" s="92" t="s">
+      <c r="F7" s="90" t="s">
         <v>152</v>
       </c>
       <c r="G7" s="17" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="18" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="36"/>
       <c r="J7" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="K7" s="50" t="s">
+      <c r="K7" s="49" t="s">
         <v>25</v>
       </c>
-      <c r="L7" s="83" t="s">
+      <c r="L7" s="82" t="s">
         <v>88</v>
       </c>
       <c r="M7" s="27" t="s">
         <v>17</v>
       </c>
       <c r="N7" s="16" t="s">
         <v>25</v>
       </c>
       <c r="O7" s="9"/>
       <c r="P7" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Q7" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="R7" s="4"/>
+      <c r="R7" s="74" t="s">
+        <v>157</v>
+      </c>
       <c r="S7" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="T7" s="55" t="s">
+      <c r="T7" s="54" t="s">
         <v>25</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="17" t="s">
         <v>15</v>
       </c>
       <c r="W7" s="16" t="s">
         <v>25</v>
       </c>
       <c r="X7" s="9"/>
       <c r="Y7" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Z7" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="AA7" s="87" t="s">
+      <c r="AA7" s="85" t="s">
         <v>75</v>
       </c>
       <c r="AB7" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AC7" s="30" t="s">
         <v>25</v>
       </c>
       <c r="AD7" s="41"/>
       <c r="AE7" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AF7" s="18" t="s">
         <v>25</v>
       </c>
       <c r="AG7" s="9"/>
       <c r="AH7" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AI7" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="AJ7" s="75" t="s">
+      <c r="AJ7" s="74" t="s">
         <v>78</v>
       </c>
       <c r="AK7" s="10"/>
-      <c r="AL7" s="109" t="s">
+      <c r="AL7" s="114" t="s">
         <v>64</v>
       </c>
-      <c r="AM7" s="109"/>
-      <c r="AN7" s="109"/>
+      <c r="AM7" s="114"/>
+      <c r="AN7" s="114"/>
     </row>
     <row r="8" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A8" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="F8" s="75" t="s">
+      <c r="F8" s="74" t="s">
         <v>77</v>
       </c>
       <c r="G8" s="17" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="I8" s="74" t="s">
-        <v>136</v>
+      <c r="I8" s="73" t="s">
+        <v>133</v>
       </c>
       <c r="J8" s="15" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="30" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="4"/>
       <c r="M8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="N8" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="O8" s="84" t="s">
+      <c r="O8" s="83" t="s">
         <v>96</v>
       </c>
       <c r="P8" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Q8" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="R8" s="9"/>
+      <c r="R8" s="74" t="s">
+        <v>103</v>
+      </c>
       <c r="S8" s="17" t="s">
         <v>19</v>
       </c>
       <c r="T8" s="30" t="s">
         <v>26</v>
       </c>
       <c r="U8" s="25" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="V8" s="17" t="s">
         <v>16</v>
       </c>
       <c r="W8" s="16" t="s">
         <v>26</v>
       </c>
       <c r="X8" s="9"/>
       <c r="Y8" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="Z8" s="55" t="s">
+      <c r="Z8" s="54" t="s">
         <v>26</v>
       </c>
       <c r="AA8" s="4"/>
       <c r="AB8" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AC8" s="18" t="s">
         <v>26</v>
       </c>
       <c r="AD8" s="4"/>
       <c r="AE8" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AF8" s="18" t="s">
         <v>26</v>
       </c>
       <c r="AG8" s="9"/>
       <c r="AH8" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AI8" s="55" t="s">
+      <c r="AI8" s="54" t="s">
         <v>26</v>
       </c>
       <c r="AJ8" s="4"/>
       <c r="AK8" s="10"/>
-      <c r="AL8" s="110" t="s">
+      <c r="AL8" s="115" t="s">
         <v>60</v>
       </c>
-      <c r="AM8" s="110"/>
-      <c r="AN8" s="110"/>
+      <c r="AM8" s="115"/>
+      <c r="AN8" s="115"/>
     </row>
     <row r="9" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="28" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="F9" s="75" t="s">
+      <c r="F9" s="74" t="s">
         <v>78</v>
       </c>
       <c r="G9" s="28" t="s">
         <v>20</v>
       </c>
       <c r="H9" s="29" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="4"/>
       <c r="J9" s="27" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="30" t="s">
         <v>27</v>
       </c>
       <c r="L9" s="9"/>
       <c r="M9" s="45" t="s">
         <v>16</v>
       </c>
       <c r="N9" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="O9" s="94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O9" s="9"/>
       <c r="P9" s="32" t="s">
         <v>12</v>
       </c>
       <c r="Q9" s="18" t="s">
         <v>27</v>
       </c>
       <c r="R9" s="4"/>
       <c r="S9" s="27" t="s">
         <v>17</v>
       </c>
       <c r="T9" s="18" t="s">
         <v>27</v>
       </c>
-      <c r="U9" s="4"/>
+      <c r="U9" s="93" t="s">
+        <v>154</v>
+      </c>
       <c r="V9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="W9" s="16" t="s">
         <v>27</v>
       </c>
       <c r="X9" s="9"/>
       <c r="Y9" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Z9" s="30" t="s">
         <v>27</v>
       </c>
       <c r="AA9" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AB9" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AC9" s="18" t="s">
         <v>27</v>
       </c>
       <c r="AD9" s="9"/>
       <c r="AE9" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AF9" s="29" t="s">
         <v>27</v>
       </c>
       <c r="AG9" s="4"/>
       <c r="AH9" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AI9" s="30" t="s">
         <v>27</v>
       </c>
       <c r="AJ9" s="4"/>
       <c r="AK9" s="10"/>
-      <c r="AL9" s="99" t="s">
-[...3 lines deleted...]
-      <c r="AN9" s="99"/>
+      <c r="AL9" s="104" t="s">
+        <v>147</v>
+      </c>
+      <c r="AM9" s="104"/>
+      <c r="AN9" s="104"/>
     </row>
     <row r="10" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="4"/>
       <c r="G10" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H10" s="55" t="s">
+      <c r="H10" s="54" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="4"/>
       <c r="J10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="K10" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="L10" s="81" t="s">
+      <c r="L10" s="80" t="s">
         <v>86</v>
       </c>
       <c r="M10" s="15" t="s">
         <v>18</v>
       </c>
       <c r="N10" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="O10" s="74" t="s">
-        <v>75</v>
+      <c r="O10" s="81" t="s">
+        <v>153</v>
       </c>
       <c r="P10" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Q10" s="30" t="s">
         <v>28</v>
       </c>
       <c r="R10" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="S10" s="17" t="s">
         <v>15</v>
       </c>
       <c r="T10" s="18" t="s">
         <v>28</v>
       </c>
       <c r="U10" s="25" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="V10" s="28" t="s">
         <v>20</v>
       </c>
       <c r="W10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="X10" s="9"/>
       <c r="Y10" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Z10" s="18" t="s">
         <v>28</v>
       </c>
       <c r="AA10" s="4"/>
       <c r="AB10" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AC10" s="18" t="s">
         <v>28</v>
       </c>
       <c r="AD10" s="4"/>
       <c r="AE10" s="32" t="s">
         <v>12</v>
       </c>
       <c r="AF10" s="30" t="s">
         <v>28</v>
       </c>
       <c r="AG10" s="4"/>
       <c r="AH10" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AI10" s="18" t="s">
         <v>28</v>
       </c>
       <c r="AJ10" s="9"/>
       <c r="AK10" s="10"/>
-      <c r="AL10" s="100" t="s">
+      <c r="AL10" s="105" t="s">
         <v>63</v>
       </c>
-      <c r="AM10" s="101"/>
-      <c r="AN10" s="102"/>
+      <c r="AM10" s="106"/>
+      <c r="AN10" s="107"/>
     </row>
     <row r="11" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A11" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="75" t="s">
-        <v>134</v>
+      <c r="C11" s="74" t="s">
+        <v>131</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="25" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="G11" s="17" t="s">
         <v>19</v>
       </c>
       <c r="H11" s="30" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="4"/>
       <c r="J11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="16" t="s">
         <v>29</v>
       </c>
       <c r="L11" s="9"/>
       <c r="M11" s="28" t="s">
         <v>20</v>
       </c>
       <c r="N11" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="O11" s="75" t="s">
+      <c r="O11" s="74" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Q11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="R11" s="9"/>
       <c r="S11" s="17" t="s">
         <v>16</v>
       </c>
       <c r="T11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="U11" s="9"/>
       <c r="V11" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="W11" s="55" t="s">
+      <c r="W11" s="54" t="s">
         <v>29</v>
       </c>
       <c r="X11" s="9"/>
       <c r="Y11" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Z11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="AA11" s="25" t="s">
         <v>90</v>
       </c>
       <c r="AB11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AC11" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="AD11" s="75" t="s">
-        <v>125</v>
+      <c r="AD11" s="74" t="s">
+        <v>122</v>
       </c>
       <c r="AE11" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AF11" s="30" t="s">
         <v>29</v>
       </c>
       <c r="AG11" s="9"/>
       <c r="AH11" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AI11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="AJ11" s="4"/>
       <c r="AK11" s="10"/>
-      <c r="AL11" s="103" t="s">
+      <c r="AL11" s="108" t="s">
         <v>61</v>
       </c>
-      <c r="AM11" s="104"/>
-      <c r="AN11" s="105"/>
+      <c r="AM11" s="109"/>
+      <c r="AN11" s="110"/>
     </row>
     <row r="12" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A12" s="28" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="75" t="s">
-        <v>135</v>
+      <c r="C12" s="74" t="s">
+        <v>132</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="30" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="4"/>
       <c r="G12" s="27" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="18" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="4"/>
       <c r="J12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="L12" s="79" t="s">
+      <c r="L12" s="78" t="s">
         <v>89</v>
       </c>
       <c r="M12" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="N12" s="55" t="s">
+      <c r="N12" s="54" t="s">
         <v>30</v>
       </c>
       <c r="O12" s="4"/>
       <c r="P12" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Q12" s="18" t="s">
         <v>30</v>
       </c>
       <c r="R12" s="25" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="S12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="T12" s="18" t="s">
         <v>30</v>
       </c>
-      <c r="U12" s="75" t="s">
-        <v>115</v>
+      <c r="U12" s="74" t="s">
+        <v>112</v>
       </c>
       <c r="V12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="W12" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="X12" s="74" t="s">
-        <v>114</v>
+      <c r="X12" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="Y12" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Z12" s="18" t="s">
         <v>30</v>
       </c>
       <c r="AA12" s="4"/>
       <c r="AB12" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AC12" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="AD12" s="78" t="s">
+      <c r="AD12" s="77" t="s">
         <v>79</v>
       </c>
       <c r="AE12" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="AF12" s="50" t="s">
+      <c r="AF12" s="49" t="s">
         <v>30</v>
       </c>
       <c r="AG12" s="44" t="s">
         <v>69</v>
       </c>
       <c r="AH12" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AI12" s="18" t="s">
         <v>30</v>
       </c>
-      <c r="AJ12" s="75" t="s">
-        <v>131</v>
+      <c r="AJ12" s="74" t="s">
+        <v>128</v>
       </c>
       <c r="AK12" s="10"/>
-      <c r="AL12" s="111" t="s">
+      <c r="AL12" s="116" t="s">
         <v>62</v>
       </c>
-      <c r="AM12" s="112"/>
-      <c r="AN12" s="113"/>
+      <c r="AM12" s="117"/>
+      <c r="AN12" s="118"/>
     </row>
     <row r="13" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A13" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="55" t="s">
+      <c r="B13" s="54" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="17" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="4"/>
       <c r="G13" s="17" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="18" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="4"/>
       <c r="J13" s="28" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="29" t="s">
         <v>31</v>
       </c>
-      <c r="L13" s="79" t="s">
+      <c r="L13" s="78" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="N13" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="O13" s="84" t="s">
+      <c r="O13" s="83" t="s">
         <v>96</v>
       </c>
       <c r="P13" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Q13" s="18" t="s">
         <v>31</v>
       </c>
       <c r="R13" s="25" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="S13" s="28" t="s">
         <v>20</v>
       </c>
       <c r="T13" s="29" t="s">
         <v>31</v>
       </c>
-      <c r="U13" s="90" t="s">
-        <v>124</v>
+      <c r="U13" s="88" t="s">
+        <v>121</v>
       </c>
       <c r="V13" s="27" t="s">
         <v>17</v>
       </c>
       <c r="W13" s="16" t="s">
         <v>31</v>
       </c>
       <c r="X13" s="4"/>
       <c r="Y13" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Z13" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="AA13" s="75" t="s">
+      <c r="AA13" s="74" t="s">
         <v>81</v>
       </c>
       <c r="AB13" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AC13" s="55" t="s">
+      <c r="AC13" s="54" t="s">
         <v>31</v>
       </c>
       <c r="AD13" s="4"/>
       <c r="AE13" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AF13" s="18" t="s">
         <v>31</v>
       </c>
       <c r="AG13" s="4"/>
       <c r="AH13" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AI13" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="AJ13" s="75" t="s">
-        <v>132</v>
+      <c r="AJ13" s="74" t="s">
+        <v>129</v>
       </c>
       <c r="AK13" s="10"/>
-      <c r="AL13" s="96" t="s">
+      <c r="AL13" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="AM13" s="97"/>
-      <c r="AN13" s="98"/>
+      <c r="AM13" s="102"/>
+      <c r="AN13" s="103"/>
     </row>
     <row r="14" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="F14" s="4"/>
+      <c r="F14" s="73" t="s">
+        <v>84</v>
+      </c>
       <c r="G14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="I14" s="4"/>
+      <c r="I14" s="94" t="s">
+        <v>156</v>
+      </c>
       <c r="J14" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="K14" s="55" t="s">
+      <c r="K14" s="54" t="s">
         <v>32</v>
       </c>
       <c r="L14" s="4"/>
       <c r="M14" s="27" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="O14" s="75" t="s">
-        <v>101</v>
+      <c r="O14" s="74" t="s">
+        <v>158</v>
       </c>
       <c r="P14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Q14" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="R14" s="74" t="s">
-        <v>111</v>
+      <c r="R14" s="73" t="s">
+        <v>109</v>
       </c>
       <c r="S14" s="32" t="s">
         <v>12</v>
       </c>
       <c r="T14" s="18" t="s">
         <v>32</v>
       </c>
       <c r="U14" s="9"/>
       <c r="V14" s="17" t="s">
         <v>15</v>
       </c>
       <c r="W14" s="16" t="s">
         <v>32</v>
       </c>
       <c r="X14" s="9"/>
       <c r="Y14" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Z14" s="29" t="s">
         <v>32</v>
       </c>
       <c r="AA14" s="4"/>
       <c r="AB14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AC14" s="30" t="s">
         <v>32</v>
       </c>
       <c r="AD14" s="4"/>
       <c r="AE14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AF14" s="18" t="s">
         <v>32</v>
       </c>
       <c r="AG14" s="9"/>
       <c r="AH14" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AI14" s="29" t="s">
         <v>32</v>
       </c>
-      <c r="AJ14" s="75" t="s">
-        <v>133</v>
+      <c r="AJ14" s="74" t="s">
+        <v>130</v>
       </c>
       <c r="AK14" s="10"/>
     </row>
     <row r="15" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A15" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="17" t="s">
         <v>18</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="78" t="s">
+      <c r="F15" s="77" t="s">
         <v>79</v>
       </c>
       <c r="G15" s="17" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="I15" s="74" t="s">
-        <v>137</v>
+      <c r="I15" s="73" t="s">
+        <v>134</v>
       </c>
       <c r="J15" s="17" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="30" t="s">
         <v>33</v>
       </c>
       <c r="L15" s="25" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="45" t="s">
         <v>15</v>
       </c>
-      <c r="N15" s="50" t="s">
+      <c r="N15" s="49" t="s">
         <v>33</v>
       </c>
-      <c r="O15" s="61" t="s">
+      <c r="O15" s="60" t="s">
         <v>65</v>
       </c>
       <c r="P15" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Q15" s="29" t="s">
         <v>33</v>
       </c>
-      <c r="R15" s="90" t="s">
-        <v>124</v>
+      <c r="R15" s="88" t="s">
+        <v>121</v>
       </c>
       <c r="S15" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="T15" s="50" t="s">
+      <c r="T15" s="49" t="s">
         <v>33</v>
       </c>
       <c r="U15" s="44" t="s">
         <v>58</v>
       </c>
       <c r="V15" s="17" t="s">
         <v>16</v>
       </c>
       <c r="W15" s="16" t="s">
         <v>33</v>
       </c>
       <c r="X15" s="9"/>
       <c r="Y15" s="32" t="s">
         <v>12</v>
       </c>
       <c r="Z15" s="18" t="s">
         <v>33</v>
       </c>
       <c r="AA15" s="9"/>
       <c r="AB15" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AC15" s="18" t="s">
         <v>33</v>
       </c>
       <c r="AD15" s="9"/>
       <c r="AE15" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AF15" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="AG15" s="90" t="s">
-        <v>127</v>
+      <c r="AG15" s="88" t="s">
+        <v>124</v>
       </c>
       <c r="AH15" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AI15" s="55" t="s">
+      <c r="AI15" s="54" t="s">
         <v>33</v>
       </c>
       <c r="AJ15" s="4"/>
       <c r="AK15" s="10"/>
     </row>
     <row r="16" spans="1:40" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A16" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="28" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="F16" s="78" t="s">
+      <c r="F16" s="77" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="28" t="s">
         <v>20</v>
       </c>
       <c r="H16" s="29" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="4"/>
       <c r="J16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="4"/>
       <c r="M16" s="15" t="s">
         <v>16</v>
       </c>
       <c r="N16" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="O16" s="85" t="s">
-        <v>102</v>
+      <c r="O16" s="84" t="s">
+        <v>101</v>
       </c>
       <c r="P16" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="Q16" s="55" t="s">
+      <c r="Q16" s="54" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="41"/>
       <c r="S16" s="27" t="s">
         <v>17</v>
       </c>
       <c r="T16" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="U16" s="4"/>
+      <c r="U16" s="93" t="s">
+        <v>154</v>
+      </c>
       <c r="V16" s="45" t="s">
         <v>18</v>
       </c>
-      <c r="W16" s="52" t="s">
+      <c r="W16" s="51" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="44" t="s">
         <v>67</v>
       </c>
       <c r="Y16" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Z16" s="30" t="s">
         <v>34</v>
       </c>
       <c r="AA16" s="25" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="AB16" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AC16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="AD16" s="9"/>
       <c r="AE16" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AF16" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="AG16" s="90" t="s">
+      <c r="AG16" s="88" t="s">
         <v>75</v>
       </c>
       <c r="AH16" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AI16" s="30" t="s">
         <v>34</v>
       </c>
       <c r="AJ16" s="4"/>
       <c r="AK16" s="10"/>
     </row>
     <row r="17" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A17" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="4"/>
       <c r="G17" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H17" s="55" t="s">
+      <c r="H17" s="54" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="4"/>
       <c r="J17" s="17" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="L17" s="81" t="s">
+      <c r="L17" s="80" t="s">
         <v>86</v>
       </c>
       <c r="M17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="N17" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="O17" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O17" s="4"/>
       <c r="P17" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Q17" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="R17" s="74" t="s">
-        <v>112</v>
+      <c r="R17" s="73" t="s">
+        <v>110</v>
       </c>
       <c r="S17" s="17" t="s">
         <v>15</v>
       </c>
       <c r="T17" s="18" t="s">
         <v>35</v>
       </c>
       <c r="U17" s="9"/>
       <c r="V17" s="28" t="s">
         <v>20</v>
       </c>
       <c r="W17" s="29" t="s">
         <v>35</v>
       </c>
       <c r="X17" s="9"/>
       <c r="Y17" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Z17" s="18" t="s">
         <v>35</v>
       </c>
       <c r="AA17" s="4"/>
       <c r="AB17" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AC17" s="18" t="s">
         <v>35</v>
       </c>
       <c r="AD17" s="9"/>
       <c r="AE17" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AF17" s="55" t="s">
+      <c r="AF17" s="54" t="s">
         <v>35</v>
       </c>
       <c r="AG17" s="9"/>
       <c r="AH17" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AI17" s="18" t="s">
         <v>35</v>
       </c>
       <c r="AJ17" s="4"/>
       <c r="AK17" s="10"/>
     </row>
     <row r="18" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A18" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="75" t="s">
+      <c r="C18" s="74" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F18" s="25" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="H18" s="30" t="s">
         <v>36</v>
       </c>
       <c r="I18" s="4"/>
       <c r="J18" s="17" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="25" t="s">
@@ -4516,1423 +4734,1421 @@
       </c>
       <c r="M18" s="28" t="s">
         <v>20</v>
       </c>
       <c r="N18" s="29" t="s">
         <v>36</v>
       </c>
       <c r="O18" s="4"/>
       <c r="P18" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Q18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="R18" s="4"/>
       <c r="S18" s="17" t="s">
         <v>16</v>
       </c>
       <c r="T18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="U18" s="9"/>
       <c r="V18" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="W18" s="55" t="s">
+      <c r="W18" s="54" t="s">
         <v>36</v>
       </c>
       <c r="X18" s="9"/>
       <c r="Y18" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Z18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="AA18" s="25" t="s">
         <v>95</v>
       </c>
       <c r="AB18" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AC18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="AD18" s="9"/>
       <c r="AE18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AF18" s="30" t="s">
         <v>36</v>
       </c>
       <c r="AG18" s="4"/>
       <c r="AH18" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AI18" s="18" t="s">
         <v>36</v>
       </c>
       <c r="AJ18" s="35"/>
       <c r="AK18" s="10"/>
     </row>
     <row r="19" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A19" s="28" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="29" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="75" t="s">
+      <c r="C19" s="74" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="30" t="s">
         <v>37</v>
       </c>
       <c r="F19" s="4"/>
       <c r="G19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I19" s="4"/>
       <c r="J19" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="L19" s="79" t="s">
+      <c r="L19" s="78" t="s">
         <v>92</v>
       </c>
       <c r="M19" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="N19" s="55" t="s">
+      <c r="N19" s="54" t="s">
         <v>37</v>
       </c>
       <c r="O19" s="4"/>
       <c r="P19" s="17" t="s">
         <v>15</v>
       </c>
       <c r="Q19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="25" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="S19" s="17" t="s">
         <v>18</v>
       </c>
       <c r="T19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="9"/>
       <c r="V19" s="17" t="s">
         <v>19</v>
       </c>
       <c r="W19" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="X19" s="74" t="s">
-        <v>114</v>
+      <c r="X19" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="Y19" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Z19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="AA19" s="9"/>
       <c r="AB19" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AC19" s="29" t="s">
         <v>37</v>
       </c>
       <c r="AD19" s="9"/>
       <c r="AE19" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AF19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="AG19" s="9"/>
       <c r="AH19" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AI19" s="18" t="s">
         <v>37</v>
       </c>
       <c r="AJ19" s="9"/>
       <c r="AK19" s="10"/>
     </row>
     <row r="20" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="B20" s="55" t="s">
+      <c r="B20" s="54" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="17" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="F20" s="4"/>
       <c r="G20" s="17" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="4"/>
       <c r="J20" s="28" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="29" t="s">
         <v>38</v>
       </c>
-      <c r="L20" s="79" t="s">
+      <c r="L20" s="78" t="s">
         <v>75</v>
       </c>
       <c r="M20" s="17" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="30" t="s">
         <v>38</v>
       </c>
       <c r="O20" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P20" s="17" t="s">
         <v>16</v>
       </c>
       <c r="Q20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="R20" s="4"/>
       <c r="S20" s="28" t="s">
         <v>20</v>
       </c>
       <c r="T20" s="29" t="s">
         <v>38</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="27" t="s">
         <v>17</v>
       </c>
       <c r="W20" s="16" t="s">
         <v>38</v>
       </c>
       <c r="X20" s="4"/>
       <c r="Y20" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Z20" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="AA20" s="75" t="s">
-        <v>120</v>
+      <c r="AA20" s="74" t="s">
+        <v>117</v>
       </c>
       <c r="AB20" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AC20" s="55" t="s">
+      <c r="AC20" s="54" t="s">
         <v>38</v>
       </c>
       <c r="AD20" s="41"/>
       <c r="AE20" s="15" t="s">
         <v>15</v>
       </c>
       <c r="AF20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="AG20" s="9"/>
       <c r="AH20" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AI20" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="AJ20" s="75" t="s">
-        <v>134</v>
+      <c r="AJ20" s="74" t="s">
+        <v>131</v>
       </c>
       <c r="AK20" s="10"/>
     </row>
     <row r="21" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A21" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="25" t="s">
         <v>70</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="4"/>
       <c r="G21" s="17" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="4"/>
       <c r="J21" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="K21" s="55" t="s">
+      <c r="K21" s="54" t="s">
         <v>39</v>
       </c>
       <c r="L21" s="4"/>
       <c r="M21" s="27" t="s">
         <v>17</v>
       </c>
       <c r="N21" s="30" t="s">
         <v>39</v>
       </c>
       <c r="O21" s="4"/>
       <c r="P21" s="17" t="s">
         <v>18</v>
       </c>
       <c r="Q21" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="R21" s="87" t="s">
-        <v>113</v>
+      <c r="R21" s="85" t="s">
+        <v>111</v>
       </c>
       <c r="S21" s="32" t="s">
         <v>12</v>
       </c>
       <c r="T21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="U21" s="9"/>
       <c r="V21" s="15" t="s">
         <v>15</v>
       </c>
       <c r="W21" s="16" t="s">
         <v>39</v>
       </c>
       <c r="X21" s="9"/>
       <c r="Y21" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Z21" s="29" t="s">
         <v>39</v>
       </c>
       <c r="AA21" s="4"/>
       <c r="AB21" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AC21" s="30" t="s">
         <v>39</v>
       </c>
       <c r="AD21" s="9"/>
       <c r="AE21" s="15" t="s">
         <v>16</v>
       </c>
       <c r="AF21" s="18" t="s">
         <v>39</v>
       </c>
       <c r="AG21" s="9"/>
       <c r="AH21" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AI21" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="AJ21" s="75" t="s">
-        <v>135</v>
+      <c r="AJ21" s="74" t="s">
+        <v>132</v>
       </c>
       <c r="AK21" s="10"/>
     </row>
     <row r="22" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A22" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="17" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="F22" s="76" t="s">
+      <c r="F22" s="75" t="s">
         <v>80</v>
       </c>
       <c r="G22" s="17" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="I22" s="79" t="s">
+      <c r="I22" s="78" t="s">
         <v>83</v>
       </c>
       <c r="J22" s="32" t="s">
         <v>19</v>
       </c>
-      <c r="K22" s="55" t="s">
+      <c r="K22" s="54" t="s">
         <v>40</v>
       </c>
       <c r="L22" s="24"/>
       <c r="M22" s="17" t="s">
         <v>15</v>
       </c>
       <c r="N22" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="O22" s="81" t="s">
+      <c r="O22" s="80" t="s">
         <v>86</v>
       </c>
       <c r="P22" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Q22" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="R22" s="90" t="s">
-        <v>124</v>
+      <c r="R22" s="88" t="s">
+        <v>121</v>
       </c>
       <c r="S22" s="17" t="s">
         <v>19</v>
       </c>
       <c r="T22" s="30" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="25" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="V22" s="15" t="s">
         <v>16</v>
       </c>
       <c r="W22" s="16" t="s">
         <v>40</v>
       </c>
       <c r="X22" s="9"/>
       <c r="Y22" s="32" t="s">
         <v>12</v>
       </c>
       <c r="Z22" s="18" t="s">
         <v>40</v>
       </c>
       <c r="AA22" s="4"/>
       <c r="AB22" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AC22" s="18" t="s">
         <v>40</v>
       </c>
       <c r="AD22" s="9"/>
       <c r="AE22" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AF22" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="AG22" s="91" t="s">
-        <v>128</v>
+      <c r="AG22" s="73" t="s">
+        <v>127</v>
       </c>
       <c r="AH22" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AI22" s="55" t="s">
+      <c r="AI22" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="AJ22" s="51"/>
+      <c r="AJ22" s="50"/>
       <c r="AK22" s="10"/>
     </row>
     <row r="23" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A23" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="28" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="F23" s="76" t="s">
+      <c r="F23" s="75" t="s">
         <v>75</v>
       </c>
       <c r="G23" s="28" t="s">
         <v>20</v>
       </c>
       <c r="H23" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="I23" s="79" t="s">
+      <c r="I23" s="78" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="27" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="L23" s="79" t="s">
+      <c r="L23" s="78" t="s">
         <v>93</v>
       </c>
       <c r="M23" s="17" t="s">
         <v>16</v>
       </c>
       <c r="N23" s="18" t="s">
         <v>41</v>
       </c>
       <c r="O23" s="9"/>
       <c r="P23" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="Q23" s="55" t="s">
+      <c r="Q23" s="54" t="s">
         <v>41</v>
       </c>
       <c r="R23" s="4"/>
       <c r="S23" s="27" t="s">
         <v>17</v>
       </c>
       <c r="T23" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="U23" s="4"/>
+      <c r="U23" s="93" t="s">
+        <v>154</v>
+      </c>
       <c r="V23" s="15" t="s">
         <v>18</v>
       </c>
       <c r="W23" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="X23" s="88" t="s">
-        <v>116</v>
+      <c r="X23" s="86" t="s">
+        <v>113</v>
       </c>
       <c r="Y23" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Z23" s="30" t="s">
         <v>41</v>
       </c>
       <c r="AA23" s="25" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="AB23" s="15" t="s">
         <v>15</v>
       </c>
       <c r="AC23" s="18" t="s">
         <v>41</v>
       </c>
       <c r="AD23" s="9"/>
       <c r="AE23" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AF23" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AG23" s="4"/>
+      <c r="AG23" s="73" t="s">
+        <v>126</v>
+      </c>
       <c r="AH23" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AI23" s="30" t="s">
         <v>41</v>
       </c>
-      <c r="AJ23" s="51"/>
+      <c r="AJ23" s="50"/>
       <c r="AK23" s="10"/>
     </row>
     <row r="24" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A24" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>42</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>42</v>
       </c>
       <c r="F24" s="4"/>
       <c r="G24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H24" s="55" t="s">
+      <c r="H24" s="54" t="s">
         <v>42</v>
       </c>
       <c r="I24" s="4"/>
       <c r="J24" s="17" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="L24" s="79" t="s">
+      <c r="L24" s="78" t="s">
         <v>75</v>
       </c>
       <c r="M24" s="17" t="s">
         <v>18</v>
       </c>
       <c r="N24" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="O24" s="75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O24" s="4"/>
       <c r="P24" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Q24" s="30" t="s">
         <v>42</v>
       </c>
       <c r="R24" s="25" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="S24" s="15" t="s">
         <v>15</v>
       </c>
       <c r="T24" s="18" t="s">
         <v>42</v>
       </c>
       <c r="U24" s="9"/>
       <c r="V24" s="28" t="s">
         <v>20</v>
       </c>
       <c r="W24" s="29" t="s">
         <v>42</v>
       </c>
       <c r="X24" s="9"/>
       <c r="Y24" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Z24" s="18" t="s">
         <v>42</v>
       </c>
       <c r="AA24" s="4"/>
       <c r="AB24" s="15" t="s">
         <v>16</v>
       </c>
       <c r="AC24" s="18" t="s">
         <v>42</v>
       </c>
       <c r="AD24" s="9"/>
       <c r="AE24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AF24" s="55" t="s">
+      <c r="AF24" s="54" t="s">
         <v>42</v>
       </c>
       <c r="AG24" s="4"/>
       <c r="AH24" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AI24" s="18" t="s">
         <v>42</v>
       </c>
       <c r="AJ24" s="9"/>
       <c r="AK24" s="10"/>
     </row>
     <row r="25" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A25" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="16" t="s">
         <v>43</v>
       </c>
-      <c r="C25" s="76" t="s">
+      <c r="C25" s="75" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="16" t="s">
         <v>43</v>
       </c>
       <c r="F25" s="4"/>
       <c r="G25" s="17" t="s">
         <v>19</v>
       </c>
       <c r="H25" s="30" t="s">
         <v>43</v>
       </c>
       <c r="I25" s="4"/>
       <c r="J25" s="17" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="18" t="s">
         <v>43</v>
       </c>
       <c r="L25" s="4"/>
       <c r="M25" s="28" t="s">
         <v>20</v>
       </c>
       <c r="N25" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="O25" s="75" t="s">
-        <v>142</v>
+      <c r="O25" s="74" t="s">
+        <v>139</v>
       </c>
       <c r="P25" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Q25" s="16" t="s">
         <v>43</v>
       </c>
       <c r="R25" s="4"/>
       <c r="S25" s="15" t="s">
         <v>16</v>
       </c>
       <c r="T25" s="18" t="s">
         <v>43</v>
       </c>
       <c r="U25" s="9"/>
       <c r="V25" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="W25" s="55" t="s">
+      <c r="W25" s="54" t="s">
         <v>43</v>
       </c>
       <c r="X25" s="9"/>
       <c r="Y25" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Z25" s="18" t="s">
         <v>43</v>
       </c>
       <c r="AA25" s="25" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="AB25" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AC25" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="AD25" s="76" t="s">
-        <v>126</v>
+      <c r="AD25" s="75" t="s">
+        <v>123</v>
       </c>
       <c r="AE25" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AF25" s="30" t="s">
         <v>43</v>
       </c>
       <c r="AG25" s="4"/>
       <c r="AH25" s="15" t="s">
         <v>15</v>
       </c>
       <c r="AI25" s="18" t="s">
         <v>43</v>
       </c>
       <c r="AJ25" s="9"/>
       <c r="AK25" s="10"/>
     </row>
     <row r="26" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A26" s="28" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="C26" s="76" t="s">
+      <c r="C26" s="75" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="27" t="s">
         <v>17</v>
       </c>
       <c r="E26" s="30" t="s">
         <v>44</v>
       </c>
       <c r="F26" s="4"/>
       <c r="G26" s="27" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="16" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="4"/>
       <c r="J26" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="L26" s="79" t="s">
+      <c r="L26" s="78" t="s">
         <v>94</v>
       </c>
       <c r="M26" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N26" s="50" t="s">
+      <c r="N26" s="49" t="s">
         <v>44</v>
       </c>
       <c r="O26" s="44" t="s">
         <v>66</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>15</v>
       </c>
       <c r="Q26" s="16" t="s">
         <v>44</v>
       </c>
       <c r="R26" s="25" t="s">
         <v>90</v>
       </c>
       <c r="S26" s="15" t="s">
         <v>18</v>
       </c>
       <c r="T26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="U26" s="9"/>
       <c r="V26" s="17" t="s">
         <v>19</v>
       </c>
       <c r="W26" s="30" t="s">
         <v>44</v>
       </c>
-      <c r="X26" s="74" t="s">
-        <v>114</v>
+      <c r="X26" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="Y26" s="15" t="s">
         <v>16</v>
       </c>
       <c r="Z26" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="AA26" s="75" t="s">
-        <v>121</v>
+      <c r="AA26" s="74" t="s">
+        <v>118</v>
       </c>
       <c r="AB26" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AC26" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="AD26" s="76" t="s">
+      <c r="AD26" s="75" t="s">
         <v>75</v>
       </c>
       <c r="AE26" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AF26" s="18" t="s">
         <v>44</v>
       </c>
       <c r="AG26" s="9"/>
       <c r="AH26" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="AI26" s="50" t="s">
+      <c r="AI26" s="49" t="s">
         <v>44</v>
       </c>
       <c r="AJ26" s="44" t="s">
         <v>45</v>
       </c>
       <c r="AK26" s="10"/>
     </row>
     <row r="27" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A27" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="B27" s="55" t="s">
+      <c r="B27" s="54" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="30" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="4"/>
       <c r="G27" s="15" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="16" t="s">
         <v>46</v>
       </c>
       <c r="I27" s="4"/>
       <c r="J27" s="28" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="L27" s="75" t="s">
-        <v>138</v>
+      <c r="L27" s="74" t="s">
+        <v>135</v>
       </c>
       <c r="M27" s="15" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="O27" s="84" t="s">
-        <v>105</v>
+      <c r="O27" s="83" t="s">
+        <v>104</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>16</v>
       </c>
       <c r="Q27" s="16" t="s">
         <v>46</v>
       </c>
       <c r="R27" s="4"/>
       <c r="S27" s="28" t="s">
         <v>20</v>
       </c>
       <c r="T27" s="29" t="s">
         <v>46</v>
       </c>
       <c r="U27" s="9"/>
       <c r="V27" s="27" t="s">
         <v>17</v>
       </c>
       <c r="W27" s="16" t="s">
         <v>46</v>
       </c>
       <c r="X27" s="4"/>
       <c r="Y27" s="15" t="s">
         <v>18</v>
       </c>
       <c r="Z27" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="AA27" s="87" t="s">
-        <v>122</v>
+      <c r="AA27" s="85" t="s">
+        <v>119</v>
       </c>
       <c r="AB27" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AC27" s="55" t="s">
+      <c r="AC27" s="54" t="s">
         <v>46</v>
       </c>
       <c r="AD27" s="4"/>
       <c r="AE27" s="17" t="s">
         <v>15</v>
       </c>
       <c r="AF27" s="18" t="s">
         <v>46</v>
       </c>
       <c r="AG27" s="4"/>
       <c r="AH27" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AI27" s="18" t="s">
         <v>46</v>
       </c>
       <c r="AJ27" s="9"/>
       <c r="AK27" s="10"/>
     </row>
     <row r="28" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A28" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="16" t="s">
         <v>47</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="30" t="s">
         <v>47</v>
       </c>
-      <c r="F28" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28" s="4"/>
       <c r="G28" s="15" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="16" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="4"/>
       <c r="J28" s="32" t="s">
         <v>12</v>
       </c>
       <c r="K28" s="26" t="s">
         <v>47</v>
       </c>
       <c r="L28" s="4"/>
       <c r="M28" s="27" t="s">
         <v>17</v>
       </c>
       <c r="N28" s="16" t="s">
         <v>47</v>
       </c>
       <c r="O28" s="4"/>
       <c r="P28" s="15" t="s">
         <v>18</v>
       </c>
       <c r="Q28" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="R28" s="95" t="s">
-        <v>157</v>
+      <c r="R28" s="92" t="s">
+        <v>151</v>
       </c>
       <c r="S28" s="32" t="s">
         <v>12</v>
       </c>
       <c r="T28" s="18" t="s">
         <v>47</v>
       </c>
       <c r="U28" s="9"/>
       <c r="V28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="W28" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="X28" s="74" t="s">
-        <v>148</v>
+      <c r="X28" s="73" t="s">
+        <v>145</v>
       </c>
       <c r="Y28" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Z28" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="AA28" s="87" t="s">
+      <c r="AA28" s="85" t="s">
         <v>75</v>
       </c>
       <c r="AB28" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AC28" s="30" t="s">
         <v>47</v>
       </c>
       <c r="AD28" s="9"/>
       <c r="AE28" s="17" t="s">
         <v>16</v>
       </c>
       <c r="AF28" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="AG28" s="9"/>
+      <c r="AG28" s="4"/>
       <c r="AH28" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AI28" s="29" t="s">
         <v>47</v>
       </c>
       <c r="AJ28" s="4"/>
       <c r="AK28" s="10"/>
     </row>
     <row r="29" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A29" s="27" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>48</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="15" t="s">
         <v>18</v>
       </c>
       <c r="E29" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="F29" s="78" t="s">
-        <v>141</v>
+      <c r="F29" s="77" t="s">
+        <v>138</v>
       </c>
       <c r="G29" s="15" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="I29" s="79" t="s">
+      <c r="I29" s="78" t="s">
         <v>85</v>
       </c>
       <c r="J29" s="27" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="30" t="s">
         <v>48</v>
       </c>
       <c r="L29" s="25" t="s">
         <v>95</v>
       </c>
       <c r="M29" s="15" t="s">
         <v>15</v>
       </c>
       <c r="N29" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="O29" s="84" t="s">
-        <v>106</v>
+      <c r="O29" s="83" t="s">
+        <v>105</v>
       </c>
       <c r="P29" s="28" t="s">
         <v>20</v>
       </c>
       <c r="Q29" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="R29" s="75" t="s">
-        <v>143</v>
+      <c r="R29" s="74" t="s">
+        <v>140</v>
       </c>
       <c r="S29" s="17" t="s">
         <v>19</v>
       </c>
       <c r="T29" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="U29" s="74" t="s">
-        <v>114</v>
+      <c r="U29" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="V29" s="15" t="s">
         <v>16</v>
       </c>
       <c r="W29" s="16" t="s">
         <v>48</v>
       </c>
       <c r="X29" s="9"/>
       <c r="Y29" s="32" t="s">
         <v>12</v>
       </c>
       <c r="Z29" s="18" t="s">
         <v>48</v>
       </c>
       <c r="AA29" s="4"/>
       <c r="AB29" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AC29" s="18" t="s">
         <v>48</v>
       </c>
       <c r="AD29" s="9"/>
       <c r="AE29" s="17" t="s">
         <v>18</v>
       </c>
       <c r="AF29" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="AG29" s="74" t="s">
-        <v>130</v>
+      <c r="AG29" s="89" t="s">
+        <v>125</v>
       </c>
       <c r="AH29" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AI29" s="55" t="s">
+      <c r="AI29" s="54" t="s">
         <v>48</v>
       </c>
       <c r="AJ29" s="9"/>
       <c r="AK29" s="10"/>
     </row>
     <row r="30" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A30" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="17"/>
       <c r="E30" s="18"/>
       <c r="F30" s="4"/>
       <c r="G30" s="28" t="s">
         <v>20</v>
       </c>
       <c r="H30" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="I30" s="80" t="s">
+      <c r="I30" s="79" t="s">
         <v>75</v>
       </c>
-      <c r="J30" s="47" t="s">
+      <c r="J30" s="46" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="31" t="s">
         <v>49</v>
       </c>
       <c r="L30" s="44"/>
       <c r="M30" s="27" t="s">
         <v>16</v>
       </c>
       <c r="N30" s="30" t="s">
         <v>49</v>
       </c>
       <c r="O30" s="44"/>
       <c r="P30" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="Q30" s="55" t="s">
+      <c r="Q30" s="54" t="s">
         <v>49</v>
       </c>
       <c r="R30" s="4"/>
       <c r="S30" s="27" t="s">
         <v>17</v>
       </c>
       <c r="T30" s="30" t="s">
         <v>49</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="15" t="s">
         <v>18</v>
       </c>
       <c r="W30" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X30" s="85" t="s">
-        <v>139</v>
+      <c r="X30" s="84" t="s">
+        <v>136</v>
       </c>
       <c r="Y30" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Z30" s="30" t="s">
         <v>49</v>
       </c>
       <c r="AA30" s="4"/>
       <c r="AB30" s="15" t="s">
         <v>15</v>
       </c>
       <c r="AC30" s="18" t="s">
         <v>49</v>
       </c>
       <c r="AD30" s="4"/>
       <c r="AE30" s="28" t="s">
         <v>20</v>
       </c>
       <c r="AF30" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="AG30" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AG30" s="4"/>
       <c r="AH30" s="17" t="s">
         <v>19</v>
       </c>
       <c r="AI30" s="30" t="s">
         <v>49</v>
       </c>
       <c r="AJ30" s="9"/>
       <c r="AK30" s="10"/>
     </row>
     <row r="31" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1">
       <c r="A31" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="30" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="25" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D31" s="32"/>
       <c r="E31" s="18"/>
       <c r="F31" s="4"/>
       <c r="G31" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H31" s="55" t="s">
+      <c r="H31" s="54" t="s">
         <v>50</v>
       </c>
       <c r="I31" s="4"/>
-      <c r="J31" s="47" t="s">
+      <c r="J31" s="46" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="31" t="s">
         <v>50</v>
       </c>
-      <c r="L31" s="84" t="s">
+      <c r="L31" s="83" t="s">
         <v>96</v>
       </c>
       <c r="M31" s="15" t="s">
         <v>18</v>
       </c>
       <c r="N31" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="O31" s="86" t="s">
-        <v>107</v>
+      <c r="O31" s="73" t="s">
+        <v>99</v>
       </c>
       <c r="P31" s="17" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="R31" s="74" t="s">
-        <v>114</v>
+      <c r="R31" s="93" t="s">
+        <v>154</v>
       </c>
       <c r="S31" s="15" t="s">
         <v>15</v>
       </c>
       <c r="T31" s="30" t="s">
         <v>50</v>
       </c>
       <c r="U31" s="6"/>
       <c r="V31" s="28" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="29" t="s">
         <v>50</v>
       </c>
       <c r="X31" s="9"/>
       <c r="Y31" s="27" t="s">
         <v>17</v>
       </c>
       <c r="Z31" s="30" t="s">
         <v>50</v>
       </c>
       <c r="AA31" s="4"/>
       <c r="AB31" s="15" t="s">
         <v>16</v>
       </c>
       <c r="AC31" s="18" t="s">
         <v>50</v>
       </c>
       <c r="AD31" s="9"/>
       <c r="AE31" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AF31" s="55" t="s">
+      <c r="AF31" s="54" t="s">
         <v>50</v>
       </c>
       <c r="AG31" s="4"/>
       <c r="AH31" s="27" t="s">
         <v>17</v>
       </c>
       <c r="AI31" s="18" t="s">
         <v>50</v>
       </c>
       <c r="AJ31" s="9"/>
       <c r="AK31" s="10"/>
     </row>
     <row r="32" spans="1:37" s="11" customFormat="1" ht="17.45" customHeight="1" thickBot="1">
       <c r="A32" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C32" s="77" t="s">
+      <c r="C32" s="76" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="33"/>
       <c r="E32" s="34"/>
       <c r="F32" s="5"/>
       <c r="G32" s="38" t="s">
         <v>19</v>
       </c>
       <c r="H32" s="39" t="s">
         <v>51</v>
       </c>
-      <c r="I32" s="93" t="s">
-[...5 lines deleted...]
-      <c r="M32" s="59" t="s">
+      <c r="I32" s="91" t="s">
+        <v>148</v>
+      </c>
+      <c r="J32" s="47"/>
+      <c r="K32" s="48"/>
+      <c r="L32" s="57"/>
+      <c r="M32" s="58" t="s">
         <v>20</v>
       </c>
-      <c r="N32" s="60" t="s">
+      <c r="N32" s="59" t="s">
         <v>51</v>
       </c>
-      <c r="O32" s="46"/>
-[...2 lines deleted...]
-      <c r="R32" s="70"/>
+      <c r="O32" s="4"/>
+      <c r="P32" s="67"/>
+      <c r="Q32" s="68"/>
+      <c r="R32" s="69"/>
       <c r="S32" s="15" t="s">
         <v>16</v>
       </c>
       <c r="T32" s="21" t="s">
         <v>51</v>
       </c>
       <c r="U32" s="7"/>
       <c r="V32" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="W32" s="63" t="s">
+      <c r="W32" s="62" t="s">
         <v>51</v>
       </c>
       <c r="X32" s="37"/>
       <c r="Y32" s="38"/>
       <c r="Z32" s="39"/>
       <c r="AA32" s="7"/>
       <c r="AB32" s="15" t="s">
         <v>18</v>
       </c>
       <c r="AC32" s="34" t="s">
         <v>51</v>
       </c>
       <c r="AD32" s="7"/>
       <c r="AE32" s="20"/>
       <c r="AF32" s="34"/>
       <c r="AG32" s="37"/>
       <c r="AH32" s="15" t="s">
         <v>15</v>
       </c>
       <c r="AI32" s="34" t="s">
         <v>51</v>
       </c>
       <c r="AJ32" s="7"/>
       <c r="AK32" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="AL13:AN13"/>
+    <mergeCell ref="AL9:AN9"/>
+    <mergeCell ref="AL10:AN10"/>
+    <mergeCell ref="AL11:AN11"/>
+    <mergeCell ref="AL4:AN4"/>
+    <mergeCell ref="AL5:AN5"/>
+    <mergeCell ref="AL6:AN6"/>
+    <mergeCell ref="AL7:AN7"/>
+    <mergeCell ref="AL8:AN8"/>
+    <mergeCell ref="AL12:AN12"/>
     <mergeCell ref="AL2:AN2"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="AL1:AN1"/>
     <mergeCell ref="AH1:AJ1"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:F1"/>
     <mergeCell ref="G1:I1"/>
     <mergeCell ref="J1:L1"/>
     <mergeCell ref="M1:O1"/>
     <mergeCell ref="P1:R1"/>
     <mergeCell ref="S1:U1"/>
     <mergeCell ref="V1:X1"/>
     <mergeCell ref="Y1:AA1"/>
     <mergeCell ref="AB1:AD1"/>
     <mergeCell ref="AE1:AG1"/>
-    <mergeCell ref="AL13:AN13"/>
-[...8 lines deleted...]
-    <mergeCell ref="AL12:AN12"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.55118110236220408" bottom="0" header="0.11811023622047201" footer="0"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Comic Sans MS,Normal"&amp;12Calendrier pour "Asptt Pétanque" 2026</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
 </file>
 