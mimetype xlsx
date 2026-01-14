--- v0 (2025-11-17)
+++ v1 (2026-01-14)
@@ -1442,51 +1442,51 @@
           <rPr>
             <sz val="10"/>
             <rFont val="Arial"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Lapiche:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color rgb="FF000000"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="1"/>
           </rPr>
           <t>limité à 128 doubl. ; début 14h ; inscript. par courrier; voir affiche</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="913" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="914" uniqueCount="165">
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
     <t>Avril</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Juin</t>
   </si>
   <si>
     <t>Juillet</t>
   </si>
   <si>
     <t>Aout</t>
   </si>
   <si>
@@ -1930,54 +1930,57 @@
   <si>
     <t>Drapeau Tmixte</t>
   </si>
   <si>
     <t>Lac TS 10h</t>
   </si>
   <si>
     <t>Lac Tmixte 10h</t>
   </si>
   <si>
     <t>Genlis TS 10h</t>
   </si>
   <si>
     <t>Genlis Tmixte 10h</t>
   </si>
   <si>
     <t>D Vét 4p Is ANNULE</t>
   </si>
   <si>
     <t>Nuits DS "ANNULE"</t>
   </si>
   <si>
     <t>Nuits Dmix "ANNULE"</t>
   </si>
   <si>
-    <t>Assemblée Générale</t>
-[...1 lines deleted...]
-  <si>
     <t>Pétanquethon</t>
+  </si>
+  <si>
+    <t>Drapeau T Vét</t>
+  </si>
+  <si>
+    <t>A.G Asptt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="24">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
@@ -2110,51 +2113,51 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
       <charset val="1"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
       <charset val="1"/>
     </font>
   </fonts>
-  <fills count="33">
+  <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF93CDDD"/>
         <bgColor rgb="FF8DB4E3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCD5B4"/>
         <bgColor rgb="FFFCD5B5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF99FF"/>
         <bgColor rgb="FFFF8080"/>
       </patternFill>
     </fill>
     <fill>
@@ -2303,50 +2306,56 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor rgb="FFFF9900"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FFFF9900"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -2448,51 +2457,51 @@
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -2706,93 +2715,96 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="28" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="31" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="30" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="31" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="31" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="32" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="32" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF66FF66"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF77933C"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFBFBFBF"/>
@@ -3029,150 +3041,150 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AN35"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="H1" zoomScale="75" zoomScaleNormal="100" zoomScalePageLayoutView="75" workbookViewId="0">
-      <selection activeCell="AD40" sqref="AD40"/>
+      <selection activeCell="AJ11" sqref="AJ11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="2.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="19" style="2" customWidth="1"/>
     <col min="4" max="5" width="2.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="19" style="2" customWidth="1"/>
     <col min="7" max="8" width="2.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="19" style="2" customWidth="1"/>
     <col min="10" max="11" width="2.42578125" style="1" customWidth="1"/>
     <col min="12" max="12" width="19" style="3" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="2.42578125" style="4" customWidth="1"/>
     <col min="15" max="15" width="19" style="5" customWidth="1"/>
     <col min="16" max="17" width="2.42578125" style="1" customWidth="1"/>
     <col min="18" max="18" width="19" style="3" customWidth="1"/>
     <col min="19" max="20" width="2.42578125" style="1" customWidth="1"/>
     <col min="21" max="21" width="19" style="3" customWidth="1"/>
     <col min="22" max="23" width="2.42578125" style="1" customWidth="1"/>
     <col min="24" max="24" width="17.42578125" style="3" customWidth="1"/>
     <col min="25" max="26" width="2.42578125" style="1" customWidth="1"/>
     <col min="27" max="27" width="19" style="3" customWidth="1"/>
     <col min="28" max="29" width="2.42578125" style="1" customWidth="1"/>
     <col min="30" max="30" width="19" style="3" customWidth="1"/>
     <col min="31" max="32" width="2.42578125" style="1" customWidth="1"/>
     <col min="33" max="33" width="19" style="3" customWidth="1"/>
     <col min="34" max="34" width="2.42578125" style="1" customWidth="1"/>
     <col min="35" max="35" width="2.42578125" style="4" customWidth="1"/>
     <col min="36" max="36" width="19.85546875" style="5" customWidth="1"/>
     <col min="37" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
-      <c r="A1" s="95" t="s">
+      <c r="A1" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="95"/>
-[...1 lines deleted...]
-      <c r="D1" s="95" t="s">
+      <c r="B1" s="106"/>
+      <c r="C1" s="106"/>
+      <c r="D1" s="106" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="95"/>
-[...1 lines deleted...]
-      <c r="G1" s="95" t="s">
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="106" t="s">
         <v>2</v>
       </c>
-      <c r="H1" s="95"/>
-[...1 lines deleted...]
-      <c r="J1" s="95" t="s">
+      <c r="H1" s="106"/>
+      <c r="I1" s="106"/>
+      <c r="J1" s="106" t="s">
         <v>3</v>
       </c>
-      <c r="K1" s="95"/>
-[...1 lines deleted...]
-      <c r="M1" s="95" t="s">
+      <c r="K1" s="106"/>
+      <c r="L1" s="106"/>
+      <c r="M1" s="106" t="s">
         <v>4</v>
       </c>
-      <c r="N1" s="95"/>
-[...1 lines deleted...]
-      <c r="P1" s="95" t="s">
+      <c r="N1" s="106"/>
+      <c r="O1" s="106"/>
+      <c r="P1" s="106" t="s">
         <v>5</v>
       </c>
-      <c r="Q1" s="95"/>
-[...1 lines deleted...]
-      <c r="S1" s="95" t="s">
+      <c r="Q1" s="106"/>
+      <c r="R1" s="106"/>
+      <c r="S1" s="106" t="s">
         <v>6</v>
       </c>
-      <c r="T1" s="95"/>
-[...1 lines deleted...]
-      <c r="V1" s="95" t="s">
+      <c r="T1" s="106"/>
+      <c r="U1" s="106"/>
+      <c r="V1" s="106" t="s">
         <v>7</v>
       </c>
-      <c r="W1" s="95"/>
-[...1 lines deleted...]
-      <c r="Y1" s="95" t="s">
+      <c r="W1" s="106"/>
+      <c r="X1" s="106"/>
+      <c r="Y1" s="106" t="s">
         <v>8</v>
       </c>
-      <c r="Z1" s="95"/>
-[...1 lines deleted...]
-      <c r="AB1" s="95" t="s">
+      <c r="Z1" s="106"/>
+      <c r="AA1" s="106"/>
+      <c r="AB1" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="AC1" s="95"/>
-[...1 lines deleted...]
-      <c r="AE1" s="95" t="s">
+      <c r="AC1" s="106"/>
+      <c r="AD1" s="106"/>
+      <c r="AE1" s="106" t="s">
         <v>10</v>
       </c>
-      <c r="AF1" s="95"/>
-[...1 lines deleted...]
-      <c r="AH1" s="95" t="s">
+      <c r="AF1" s="106"/>
+      <c r="AG1" s="106"/>
+      <c r="AH1" s="106" t="s">
         <v>11</v>
       </c>
-      <c r="AI1" s="95"/>
-[...1 lines deleted...]
-      <c r="AL1" s="96" t="s">
+      <c r="AI1" s="106"/>
+      <c r="AJ1" s="106"/>
+      <c r="AL1" s="107" t="s">
         <v>12</v>
       </c>
-      <c r="AM1" s="96"/>
-      <c r="AN1" s="96"/>
+      <c r="AM1" s="107"/>
+      <c r="AN1" s="107"/>
     </row>
     <row r="2" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A2" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="12" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>14</v>
@@ -3227,55 +3239,55 @@
       </c>
       <c r="AA2" s="22"/>
       <c r="AB2" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AC2" s="11" t="s">
         <v>14</v>
       </c>
       <c r="AD2" s="23"/>
       <c r="AE2" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AF2" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG2" s="94" t="s">
         <v>160</v>
       </c>
       <c r="AH2" s="10" t="s">
         <v>25</v>
       </c>
       <c r="AI2" s="15" t="s">
         <v>14</v>
       </c>
       <c r="AJ2" s="20"/>
-      <c r="AL2" s="97" t="s">
+      <c r="AL2" s="108" t="s">
         <v>26</v>
       </c>
-      <c r="AM2" s="97"/>
-      <c r="AN2" s="97"/>
+      <c r="AM2" s="108"/>
+      <c r="AN2" s="108"/>
     </row>
     <row r="3" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A3" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C3" s="20"/>
       <c r="D3" s="18" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>27</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>28</v>
       </c>
       <c r="G3" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="13" t="s">
@@ -3332,55 +3344,55 @@
       </c>
       <c r="AC3" s="11" t="s">
         <v>27</v>
       </c>
       <c r="AD3" s="21" t="s">
         <v>23</v>
       </c>
       <c r="AE3" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AF3" s="19" t="s">
         <v>27</v>
       </c>
       <c r="AG3" s="94" t="s">
         <v>161</v>
       </c>
       <c r="AH3" s="14" t="s">
         <v>19</v>
       </c>
       <c r="AI3" s="11" t="s">
         <v>27</v>
       </c>
       <c r="AJ3" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="AL3" s="98" t="s">
+      <c r="AL3" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="AM3" s="98"/>
-      <c r="AN3" s="98"/>
+      <c r="AM3" s="109"/>
+      <c r="AN3" s="109"/>
     </row>
     <row r="4" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A4" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="20"/>
       <c r="D4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>31</v>
       </c>
       <c r="F4" s="20"/>
       <c r="G4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="20"/>
       <c r="J4" s="10" t="s">
         <v>20</v>
@@ -3429,55 +3441,55 @@
       <c r="Z4" s="11" t="s">
         <v>31</v>
       </c>
       <c r="AA4" s="20"/>
       <c r="AB4" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AC4" s="11" t="s">
         <v>31</v>
       </c>
       <c r="AD4" s="20"/>
       <c r="AE4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="AF4" s="15" t="s">
         <v>31</v>
       </c>
       <c r="AG4" s="16"/>
       <c r="AH4" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AI4" s="11" t="s">
         <v>31</v>
       </c>
       <c r="AJ4" s="20"/>
-      <c r="AL4" s="99" t="s">
+      <c r="AL4" s="101" t="s">
         <v>34</v>
       </c>
-      <c r="AM4" s="99"/>
-      <c r="AN4" s="99"/>
+      <c r="AM4" s="101"/>
+      <c r="AN4" s="101"/>
     </row>
     <row r="5" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F5" s="21" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>19</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="21" t="s">
@@ -3532,55 +3544,55 @@
       <c r="AB5" s="10" t="s">
         <v>16</v>
       </c>
       <c r="AC5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="AD5" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE5" s="14" t="s">
         <v>19</v>
       </c>
       <c r="AF5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="AG5" s="21" t="s">
         <v>37</v>
       </c>
       <c r="AH5" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AI5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="AJ5" s="23"/>
-      <c r="AL5" s="100" t="s">
+      <c r="AL5" s="102" t="s">
         <v>39</v>
       </c>
-      <c r="AM5" s="100"/>
-      <c r="AN5" s="100"/>
+      <c r="AM5" s="102"/>
+      <c r="AN5" s="102"/>
     </row>
     <row r="6" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A6" s="27" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="28" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="20"/>
       <c r="G6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="20"/>
       <c r="J6" s="10" t="s">
         <v>16</v>
@@ -3633,57 +3645,57 @@
       </c>
       <c r="AA6" s="23"/>
       <c r="AB6" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AC6" s="19" t="s">
         <v>40</v>
       </c>
       <c r="AD6" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AF6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="AG6" s="23"/>
       <c r="AH6" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AI6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="AJ6" s="81" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="AL6" s="101" t="s">
+        <v>164</v>
+      </c>
+      <c r="AL6" s="103" t="s">
         <v>44</v>
       </c>
-      <c r="AM6" s="101"/>
-      <c r="AN6" s="101"/>
+      <c r="AM6" s="103"/>
+      <c r="AN6" s="103"/>
     </row>
     <row r="7" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="20"/>
       <c r="D7" s="10" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="20"/>
       <c r="G7" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="I7" s="31"/>
       <c r="J7" s="18" t="s">
         <v>22</v>
@@ -3736,55 +3748,55 @@
         <v>47</v>
       </c>
       <c r="AB7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="AC7" s="15" t="s">
         <v>45</v>
       </c>
       <c r="AD7" s="32"/>
       <c r="AE7" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AF7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="AG7" s="23"/>
       <c r="AH7" s="10" t="s">
         <v>16</v>
       </c>
       <c r="AI7" s="11" t="s">
         <v>45</v>
       </c>
       <c r="AJ7" s="29" t="s">
         <v>48</v>
       </c>
-      <c r="AL7" s="102" t="s">
+      <c r="AL7" s="104" t="s">
         <v>49</v>
       </c>
-      <c r="AM7" s="102"/>
-      <c r="AN7" s="102"/>
+      <c r="AM7" s="104"/>
+      <c r="AN7" s="104"/>
     </row>
     <row r="8" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A8" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="33" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="21" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>50</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="10" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>50</v>
       </c>
       <c r="I8" s="20"/>
@@ -3837,55 +3849,55 @@
       <c r="AB8" s="14" t="s">
         <v>19</v>
       </c>
       <c r="AC8" s="11" t="s">
         <v>50</v>
       </c>
       <c r="AD8" s="21" t="s">
         <v>52</v>
       </c>
       <c r="AE8" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AF8" s="11" t="s">
         <v>50</v>
       </c>
       <c r="AG8" s="23"/>
       <c r="AH8" s="35" t="s">
         <v>22</v>
       </c>
       <c r="AI8" s="19" t="s">
         <v>50</v>
       </c>
       <c r="AJ8" s="29" t="s">
         <v>153</v>
       </c>
-      <c r="AL8" s="103" t="s">
+      <c r="AL8" s="105" t="s">
         <v>53</v>
       </c>
-      <c r="AM8" s="103"/>
-      <c r="AN8" s="103"/>
+      <c r="AM8" s="105"/>
+      <c r="AN8" s="105"/>
     </row>
     <row r="9" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A9" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="20"/>
       <c r="D9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>54</v>
       </c>
       <c r="F9" s="36" t="s">
         <v>55</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>54</v>
       </c>
       <c r="I9" s="30" t="s">
@@ -3938,55 +3950,55 @@
       </c>
       <c r="AA9" s="20"/>
       <c r="AB9" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AC9" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AD9" s="23"/>
       <c r="AE9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="AF9" s="11" t="s">
         <v>54</v>
       </c>
       <c r="AG9" s="89" t="s">
         <v>150</v>
       </c>
       <c r="AH9" s="10" t="s">
         <v>25</v>
       </c>
       <c r="AI9" s="15" t="s">
         <v>54</v>
       </c>
       <c r="AJ9" s="20"/>
-      <c r="AL9" s="104" t="s">
+      <c r="AL9" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="AM9" s="104"/>
-      <c r="AN9" s="104"/>
+      <c r="AM9" s="96"/>
+      <c r="AN9" s="96"/>
     </row>
     <row r="10" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A10" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="20"/>
       <c r="D10" s="27" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="28" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="36" t="s">
         <v>61</v>
       </c>
       <c r="G10" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="19" t="s">
         <v>60</v>
       </c>
       <c r="I10" s="36" t="s">
@@ -4041,55 +4053,55 @@
       <c r="AB10" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AC10" s="11" t="s">
         <v>60</v>
       </c>
       <c r="AD10" s="90" t="s">
         <v>159</v>
       </c>
       <c r="AE10" s="40" t="s">
         <v>22</v>
       </c>
       <c r="AF10" s="41" t="s">
         <v>60</v>
       </c>
       <c r="AG10" s="89" t="s">
         <v>151</v>
       </c>
       <c r="AH10" s="14" t="s">
         <v>19</v>
       </c>
       <c r="AI10" s="11" t="s">
         <v>60</v>
       </c>
       <c r="AJ10" s="23"/>
-      <c r="AL10" s="105" t="s">
+      <c r="AL10" s="97" t="s">
         <v>64</v>
       </c>
-      <c r="AM10" s="105"/>
-      <c r="AN10" s="105"/>
+      <c r="AM10" s="97"/>
+      <c r="AN10" s="97"/>
     </row>
     <row r="11" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A11" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="20"/>
       <c r="D11" s="10" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="F11" s="20"/>
       <c r="G11" s="10" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>65</v>
       </c>
       <c r="I11" s="20"/>
       <c r="J11" s="10" t="s">
         <v>20</v>
@@ -4138,55 +4150,55 @@
       <c r="Z11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="AA11" s="20"/>
       <c r="AB11" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AC11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="AD11" s="20"/>
       <c r="AE11" s="10" t="s">
         <v>25</v>
       </c>
       <c r="AF11" s="15" t="s">
         <v>65</v>
       </c>
       <c r="AG11" s="23"/>
       <c r="AH11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AI11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="AJ11" s="20"/>
-      <c r="AL11" s="106" t="s">
+      <c r="AL11" s="98" t="s">
         <v>69</v>
       </c>
-      <c r="AM11" s="106"/>
-      <c r="AN11" s="106"/>
+      <c r="AM11" s="98"/>
+      <c r="AN11" s="98"/>
     </row>
     <row r="12" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="36" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="20"/>
       <c r="G12" s="14" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="I12" s="20"/>
@@ -4239,55 +4251,55 @@
       <c r="AB12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="AC12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="AD12" s="29" t="s">
         <v>71</v>
       </c>
       <c r="AE12" s="37" t="s">
         <v>19</v>
       </c>
       <c r="AF12" s="8" t="s">
         <v>70</v>
       </c>
       <c r="AG12" s="88" t="s">
         <v>152</v>
       </c>
       <c r="AH12" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AI12" s="11" t="s">
         <v>70</v>
       </c>
       <c r="AJ12" s="23"/>
-      <c r="AL12" s="107" t="s">
+      <c r="AL12" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="AM12" s="107"/>
-      <c r="AN12" s="107"/>
+      <c r="AM12" s="99"/>
+      <c r="AN12" s="99"/>
     </row>
     <row r="13" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="19" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>73</v>
       </c>
       <c r="F13" s="20"/>
       <c r="G13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>73</v>
       </c>
       <c r="I13" s="12" t="s">
@@ -4343,56 +4355,58 @@
         <v>73</v>
       </c>
       <c r="AA13" s="20"/>
       <c r="AB13" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AC13" s="19" t="s">
         <v>73</v>
       </c>
       <c r="AD13" s="44" t="s">
         <v>75</v>
       </c>
       <c r="AE13" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AF13" s="11" t="s">
         <v>73</v>
       </c>
       <c r="AG13" s="20"/>
       <c r="AH13" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AI13" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="AJ13" s="23"/>
-      <c r="AL13" s="108" t="s">
+      <c r="AJ13" s="110" t="s">
+        <v>163</v>
+      </c>
+      <c r="AL13" s="100" t="s">
         <v>76</v>
       </c>
-      <c r="AM13" s="108"/>
-      <c r="AN13" s="108"/>
+      <c r="AM13" s="100"/>
+      <c r="AN13" s="100"/>
     </row>
     <row r="14" spans="1:40" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A14" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>77</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="10" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>77</v>
       </c>
       <c r="F14" s="20"/>
       <c r="G14" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>77</v>
       </c>
       <c r="I14" s="20"/>
       <c r="J14" s="18" t="s">
         <v>22</v>
@@ -6063,52 +6077,52 @@
         <v>128</v>
       </c>
       <c r="X31" s="82" t="s">
         <v>134</v>
       </c>
       <c r="Y31" s="14" t="s">
         <v>19</v>
       </c>
       <c r="Z31" s="15" t="s">
         <v>128</v>
       </c>
       <c r="AA31" s="20"/>
       <c r="AB31" s="10" t="s">
         <v>20</v>
       </c>
       <c r="AC31" s="11" t="s">
         <v>128</v>
       </c>
       <c r="AD31" s="23"/>
       <c r="AE31" s="18" t="s">
         <v>22</v>
       </c>
       <c r="AF31" s="19" t="s">
         <v>128</v>
       </c>
-      <c r="AG31" s="109" t="s">
-        <v>163</v>
+      <c r="AG31" s="95" t="s">
+        <v>162</v>
       </c>
       <c r="AH31" s="10" t="s">
         <v>19</v>
       </c>
       <c r="AI31" s="11" t="s">
         <v>128</v>
       </c>
       <c r="AJ31" s="22"/>
     </row>
     <row r="32" spans="1:36" s="6" customFormat="1" ht="17.25" customHeight="1">
       <c r="A32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C32" s="29" t="s">
         <v>130</v>
       </c>
       <c r="D32" s="62"/>
       <c r="E32" s="63"/>
       <c r="F32" s="64"/>
       <c r="G32" s="14" t="s">
         <v>25</v>
       </c>
@@ -6156,75 +6170,75 @@
       </c>
       <c r="AD32" s="22"/>
       <c r="AE32" s="68"/>
       <c r="AF32" s="69"/>
       <c r="AG32" s="74"/>
       <c r="AH32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="AI32" s="11" t="s">
         <v>129</v>
       </c>
       <c r="AJ32" s="22"/>
     </row>
     <row r="33" spans="13:19" ht="17.25" customHeight="1">
       <c r="M33" s="75"/>
       <c r="S33" s="76"/>
     </row>
     <row r="34" spans="13:19" ht="17.25" customHeight="1">
       <c r="S34" s="76"/>
     </row>
     <row r="35" spans="13:19" ht="17.25" customHeight="1">
       <c r="S35" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="D1:F1"/>
+    <mergeCell ref="G1:I1"/>
+    <mergeCell ref="J1:L1"/>
+    <mergeCell ref="M1:O1"/>
+    <mergeCell ref="P1:R1"/>
+    <mergeCell ref="S1:U1"/>
+    <mergeCell ref="V1:X1"/>
+    <mergeCell ref="Y1:AA1"/>
+    <mergeCell ref="AB1:AD1"/>
+    <mergeCell ref="AE1:AG1"/>
+    <mergeCell ref="AH1:AJ1"/>
+    <mergeCell ref="AL1:AN1"/>
+    <mergeCell ref="AL2:AN2"/>
+    <mergeCell ref="AL3:AN3"/>
+    <mergeCell ref="AL4:AN4"/>
+    <mergeCell ref="AL5:AN5"/>
+    <mergeCell ref="AL6:AN6"/>
+    <mergeCell ref="AL7:AN7"/>
+    <mergeCell ref="AL8:AN8"/>
     <mergeCell ref="AL9:AN9"/>
     <mergeCell ref="AL10:AN10"/>
     <mergeCell ref="AL11:AN11"/>
     <mergeCell ref="AL12:AN12"/>
     <mergeCell ref="AL13:AN13"/>
-    <mergeCell ref="AL4:AN4"/>
-[...18 lines deleted...]
-    <mergeCell ref="M1:O1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.11811023622047245" header="0.11811023622047245" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;D&amp;CCalendrier "pour Asptt Pétanque" 2025</oddHeader>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="18" max="1048575" man="1"/>
     <brk id="36" max="1048575" man="1"/>
   </colBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="75" zoomScaleNormal="100" zoomScalePageLayoutView="75" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.42578125" customWidth="1"/>
   </cols>